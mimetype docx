--- v0 (2025-10-18)
+++ v1 (2026-03-03)
@@ -1,2228 +1,2181 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="2F1A8567" w14:textId="11689859" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
-[...112 lines deleted...]
-        <w:r w:rsidRPr="008B66C9">
+    <w:p w14:paraId="4BF0EEF7" w14:textId="761B89F3" w:rsidR="00E95C62" w:rsidRDefault="009F0235">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19882943" wp14:editId="17A3BE18">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>629920</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>1751965</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1710055" cy="182245"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="Textbox 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1710055" cy="182245"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="4EE3D7B5" w14:textId="77777777" w:rsidR="009F0235" w:rsidRDefault="009F0235" w:rsidP="009F0235">
+                            <w:pPr>
+                              <w:pStyle w:val="Corpotesto"/>
+                              <w:spacing w:before="13"/>
+                              <w:ind w:left="20"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:t>Brescia,</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t>data</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t>del</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                              </w:rPr>
+                              <w:t>protocollo</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="19882943" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Textbox 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:49.6pt;margin-top:137.95pt;width:134.65pt;height:14.35pt;z-index:-15726592;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdgR4QpwEAAD8DAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/oPwi6N3aMZiuMOMXWYsOA&#10;YhvQ9gNkWYqFWaImKrHz96NkJy2227CLTFmPj3yP3N5NdmBHFdCAa/h6VXKmnITOuH3DX54/X99y&#10;hlG4TgzgVMNPCvnd7urddvS1qqCHoVOBEYnDevQN72P0dVGg7JUVuAKvHD1qCFZEuoZ90QUxErsd&#10;iqos3xcjhM4HkAqR/j7Mj3yX+bVWMn7XGlVkQ8Opt5jPkM82ncVuK+p9EL43cmlD/EMXVhhHRS9U&#10;DyIKdgjmLyprZAAEHVcSbAFaG6myBlKzLv9Q89QLr7IWMgf9xSb8f7Ty2/FHYKZreMWZE5ZG9Kym&#10;2MLEqmTO6LEmzJMnVJw+wURDzkLRP4L8iQQp3mDmBCR0MmPSwaYvyWSUSP6fLp5TESYT24d1WW42&#10;nEl6W99W1c0m1S1es33A+EWBZSloeKCZ5g7E8RHjDD1Dlmbm+qmtOLXToqKF7kQiRpp1w/HXQQTF&#10;2fDVkZlpMc5BOAftOQhxuIe8PkmLg4+HCNrkyqnEzLtUpinl3peNSmvw9p5Rr3u/+w0AAP//AwBQ&#10;SwMEFAAGAAgAAAAhAOotm1PgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG4sobCydk2nCcEJCdGVw45p47XRGqc02VbennCCmy1/+v39xWa2Azvj5I0jCfcLAQypddpQJ+Gz&#10;fr1bAfNBkVaDI5TwjR425fVVoXLtLlTheRc6FkPI50pCH8KYc+7bHq3yCzcixdvBTVaFuE4d15O6&#10;xHA78ESIlFtlKH7o1YjPPbbH3clK2O6pejFf781HdahMXWeC3tKjlLc383YNLOAc/mD41Y/qUEan&#10;xp1IezZIyLIkkhKSp2UGLAIP6WoJrImDeEyBlwX/X6H8AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAJ2BHhCnAQAAPwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAOotm1PgAAAACgEAAA8AAAAAAAAAAAAAAAAAAQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAAOBQAAAAA=&#10;" filled="f" stroked="f">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="4EE3D7B5" w14:textId="77777777" w:rsidR="009F0235" w:rsidRDefault="009F0235" w:rsidP="009F0235">
+                      <w:pPr>
+                        <w:pStyle w:val="Corpotesto"/>
+                        <w:spacing w:before="13"/>
+                        <w:ind w:left="20"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t>Brescia,</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-4"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:t>data</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:t>del</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-2"/>
+                        </w:rPr>
+                        <w:t>protocollo</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="page" anchory="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750C62ED" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:line="252" w:lineRule="exact"/>
+        <w:ind w:right="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Magnifico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Rettore</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="773C1F32" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3848"/>
+        </w:tabs>
+        <w:spacing w:line="252" w:lineRule="exact"/>
+        <w:ind w:right="2697"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>PEC:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Collegamentoipertestuale"/>
-[...1 lines deleted...]
-            <w:lang w:eastAsia="it-IT"/>
+            <w:color w:val="0462C1"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0462C1"/>
           </w:rPr>
           <w:t>ammcentr@cert.unibs.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-          <w:lang w:eastAsia="it-IT"/>
+          <w:color w:val="0462C1"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">    </w:t>
-[...69 lines deleted...]
-        <w:sdtPr>
+      </w:r>
+      <w:r>
+        <w:t>Università</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>degli</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Studi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Brescia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5885C02B" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E2A06F8" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="3969" w:right="963"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Direttore</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Scuola</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>specializzazione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Scegliere un elemento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D5A074C" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="1" w:line="253" w:lineRule="exact"/>
+        <w:ind w:left="3969"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Prof./Prof.ssa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Fare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>clic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>toccare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>qui</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>immettere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>testo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D6D916" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="3969"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Università</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>degli</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Studi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Brescia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A52D8BC" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5751A9E5" w14:textId="2F9F66BA" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="3403"/>
+      </w:pPr>
+      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>p.c.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>U.O.C.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00083ED0">
+        <w:t xml:space="preserve">Coordinamento Area Medico – Sanitaria e Scuole di </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1134C4A4" w14:textId="4C452539" w:rsidR="00083ED0" w:rsidRDefault="00083ED0">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="3403"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">                      Specializzazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72EF8AEF" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="7" w:line="500" w:lineRule="atLeast"/>
+        <w:ind w:left="3969" w:right="963"/>
+      </w:pPr>
+      <w:r>
+        <w:t>U.O.C.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Trattamento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Economico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Personale ASST Spedali Civili</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AB1DD5F" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3969"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c.a.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Direttore</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Generale</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44866ABD" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="3969"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c.a.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Servizio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Medicina</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Preventiva</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B9BDB5" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37AFBBEB" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BC90740" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:pStyle w:val="Titolo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Comunicazione della sospensione della formazione specialistica - Decreto Legislativo 17 agosto 1999, n. 368, art. 40 comma 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A281D23" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="251"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FF276FF" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="140" w:right="137"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Scegliere un elemento. Fare clic o toccare qui per immettere il testo.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, codice fiscale </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Fare clic o toccare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>qui</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>immettere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>testo.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>specializzando/a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>regolarmente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>iscritto/a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>al</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Scegliere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elemento. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">anno della Scuola di Specializzazione in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Scegliere un elemento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63CBDFB7" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F524979" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="-1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>COMUNICA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D96034" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="584C7C09" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="133"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>di voler sospendere la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>formazione specialistica secondo quanto previsto dal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Decreto Legislativo 17 agosto 1999, n. 368, art. 40 comma 3 per </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Scegliere un elemento. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">a decorrere dal </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fare clic o toccare qui per immettere una data. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>al</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Scegliere un elemento.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, come da certificati medici ivi allegati.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093F5A9C" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E83D761" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02EA93BC" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="111"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C32518F" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:right="2461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Firma</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316FD8FB" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AE3F3AB" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="129"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E9B867A" wp14:editId="6F82D208">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3853307</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>243498</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2732405" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="3" name="Graphic 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2732405" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="2732405">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="2732016" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7200">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="0531EB75" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:303.4pt;margin-top:19.15pt;width:215.15pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="2732405,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6vzM9JQIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3acrSmMOMXQoMWA&#10;oivQDDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7d9a1mR+WwAVPw+SzlTBkJZWP2Bf+xffh0&#10;yxl6YUqhwaiCnxTyu/XHD6vO5iqDGnSpHKMgBvPOFrz23uZJgrJWrcAZWGXIWYFrhaet2yelEx1F&#10;b3WSpelN0oErrQOpEOl0Mzj5OsavKiX996pC5ZkuONXm4+riugtrsl6JfO+ErRs5liH+oYpWNIaS&#10;nkNthBfs4Jq/QrWNdIBQ+ZmENoGqaqSKHIjNPH3H5rUWVkUu1By05zbh/wsrn48vjjVlwRecGdGS&#10;RI9jNxahOZ3FnDCv9sUFemifQP5CciRvPGGDI6avXBuwRI71sdOnc6dV75mkw2y5yD6nXziT5Jtn&#10;yyhEIvLprjygf1QQ44jjE/pBp3KyRD1ZsjeT6UjtoLOOOnvOSGfHGem8G3S2wod7obhgsu5SSDhr&#10;4ai2EL3+XeVU2sWrzTUqUEnnN5xNLAk7IMgIaahXgxFTk31NTptQxZJGOY4Pgm7Kh0brUAW6/e5e&#10;O3YUYXjjF3hQhDcw69BvBNYDLrpGmDajToM0QaQdlCcSvCONC46/D8IpzvQ3QyMVnsdkuMnYTYbz&#10;+h7iI4oNopzb/qdwloX0Bfek7DNMAyvySbRA/YwNNw18PXiomqBonKGhonFDUx4Jji8yPKPrfURd&#10;/hvrPwAAAP//AwBQSwMEFAAGAAgAAAAhADF/uLDeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAQRO9I/IO1SNyoXSJCFOJUFagXTtAixNGJl9gQr6PYbdK/xznR486OZt5Um9n17IRjsJ4k&#10;rFcCGFLrtaVOwsdhd1cAC1GRVr0nlHDGAJv6+qpSpfYTveNpHzuWQiiUSoKJcSg5D61Bp8LKD0jp&#10;9+1Hp2I6x47rUU0p3PX8XoicO2UpNRg14LPB9nd/dBIOL6Y959Nn8/Xzui289dNusG9S3t7M2ydg&#10;Eef4b4YFP6FDnZgafyQdWC8hF3lCjxKyIgO2GET2uAbWLMoD8LrilxPqPwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQC6vzM9JQIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAxf7iw3gAAAAoBAAAPAAAAAAAAAAAAAAAAAH8EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;" path="m,l2732016,e" filled="f" strokeweight=".2mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0607C2D6" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72CA4BCE" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55CB034A" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="684A059F" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AC6997F" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FFB9D31" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62CA249C" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>All.ti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> c/s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FEB5D45" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03660FCA" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D786543" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ED1B3FA" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DF24262" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71E964CB" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21CCAC9E" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00E95C62">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="159"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44070064" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>dati personali saranno trattati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>esclusivamente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>finalità</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>connesse</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>allo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>svolgimento delle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>attività</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>istituzionali,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>in particolare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>tutti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>gli</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA6D1BF" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>adempimenti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>relativi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>alla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>piena</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>attuazione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>rapporto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>didattico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>amministrativo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>l’Università</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>nel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>rispetto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Decreto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Legislativo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C968ED" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="140" w:right="58"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>n.196 del 2003 (Codice in materia di protezione dei dati personali) e sue successive modifiche e integrazioni, nonché del Regolamento UE 2016/679 (Regolamento Generale sulla Protezione dei dati).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECB0C16" w14:textId="77777777" w:rsidR="00E95C62" w:rsidRDefault="00BB74D8">
+      <w:pPr>
+        <w:spacing w:line="183" w:lineRule="exact"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>È</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>possibile</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>prendere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>visione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>informativa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>seguente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>link:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>https://</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="16"/>
           </w:rPr>
-          <w:alias w:val="Scuola di Specializzazione"/>
-[...108 lines deleted...]
-        <w:sdtPr>
+          <w:t>www.unibs.it/it/protezione-dati-</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="16"/>
           </w:rPr>
-          <w:id w:val="-907526408"/>
-[...1148 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+          <w:t>personali</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:sectPr w:rsidR="00E95C62">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11910" w:h="16840"/>
+      <w:pgMar w:top="2760" w:right="992" w:bottom="280" w:left="992" w:header="366" w:footer="0" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D444DEB" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6E0DF5E1" w14:textId="77777777" w:rsidR="00BB74D8" w:rsidRDefault="00BB74D8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F30F61B" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6A5DDBFD" w14:textId="77777777" w:rsidR="00BB74D8" w:rsidRDefault="00BB74D8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...4 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="Arial MT">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...15 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...62 lines deleted...]
-  <w:p w14:paraId="43D07A20" w14:textId="77777777" w:rsidR="00695D36" w:rsidRDefault="00695D36" w:rsidP="00695D36">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w14:paraId="33E0486C" w14:textId="77777777" w:rsidR="009F0235" w:rsidRDefault="009F0235">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="15D6D87F" w14:textId="77777777" w:rsidR="00695D36" w:rsidRDefault="00695D36">
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w14:paraId="4CC510FA" w14:textId="77777777" w:rsidR="009F0235" w:rsidRDefault="009F0235">
+    <w:pPr>
+      <w:pStyle w:val="Pidipagina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w14:paraId="6797ABD2" w14:textId="77777777" w:rsidR="009F0235" w:rsidRDefault="009F0235">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2554A805" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5B888875" w14:textId="77777777" w:rsidR="00BB74D8" w:rsidRDefault="00BB74D8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43D0F8D7" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1E32B6A3" w14:textId="77777777" w:rsidR="00BB74D8" w:rsidRDefault="00BB74D8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="64DE9537" w14:textId="6FEF5E92" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w14:paraId="44C48A50" w14:textId="77777777" w:rsidR="009F0235" w:rsidRDefault="009F0235">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
-      <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00227EEA">
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w14:paraId="499FF581" w14:textId="37B614B2" w:rsidR="00E95C62" w:rsidRDefault="009F0235">
+    <w:pPr>
+      <w:pStyle w:val="Corpotesto"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="it-IT"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D0BF795" wp14:editId="5F25E25F">
-[...2 lines deleted...]
-          <wp:docPr id="7" name="Immagine 7"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73EE8E4F" wp14:editId="21D66CD4">
+          <wp:extent cx="2548467" cy="1319210"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="8" name="Immagine 8" descr="Immagine che contiene testo, logo, cerchio, Carattere&#10;&#10;Descrizione generata automaticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Immagine 5"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="1061625705" name="Immagine 1061625705"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2276444" cy="950556"/>
+                    <a:ext cx="2673278" cy="1383818"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...232 lines deleted...]
-</w:numbering>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w14:paraId="2AC50350" w14:textId="77777777" w:rsidR="009F0235" w:rsidRDefault="009F0235">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00945BC4"/>
-[...133 lines deleted...]
-    <w:rsid w:val="00F97746"/>
+    <w:rsidRoot w:val="00E95C62"/>
+    <w:rsid w:val="00083ED0"/>
+    <w:rsid w:val="00310B9F"/>
+    <w:rsid w:val="009F0235"/>
+    <w:rsid w:val="00BB74D8"/>
+    <w:rsid w:val="00E95C62"/>
+    <w:rsid w:val="00FC7593"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="14BBFC22"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{D792B449-11BA-496D-9D94-A4BA7D6DA3E8}"/>
+  <w14:docId w14:val="0DEE84CC"/>
+  <w15:docId w15:val="{6CEBB594-735E-4242-800C-FFB219E990FB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2563,1527 +2516,513 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
+      <w:lang w:val="it-IT"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Stile1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpotesto">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normale"/>
+    <w:link w:val="CorpotestoCarattere"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00F563F5"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normale"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="140" w:right="136"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
-      <w:caps/>
-      <w:smallCaps w:val="0"/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Stile2">
-[...1 lines deleted...]
-    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+  <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="002A0148"/>
+    <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Stile3">
-[...1 lines deleted...]
-    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="002A0148"/>
-[...27 lines deleted...]
-    </w:rPr>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Intestazione">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="IntestazioneCarattere"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00945BC4"/>
+    <w:rsid w:val="009F0235"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntestazioneCarattere">
     <w:name w:val="Intestazione Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Intestazione"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00945BC4"/>
+    <w:rsid w:val="009F0235"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
+      <w:lang w:val="it-IT"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pidipagina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="PidipaginaCarattere"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00945BC4"/>
+    <w:rsid w:val="009F0235"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PidipaginaCarattere">
     <w:name w:val="Piè di pagina Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Pidipagina"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00945BC4"/>
-[...9 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="009F0235"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-      <w:lang w:eastAsia="it-IT"/>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
+      <w:lang w:val="it-IT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CorpotestoCarattere">
     <w:name w:val="Corpo testo Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Corpotesto"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0045268B"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="009F0235"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="it-IT"/>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
+      <w:lang w:val="it-IT"/>
     </w:rPr>
-  </w:style>
-[...41 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...56 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ammcentr@cert.unibs.it" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unibs.it/it/protezione-dati-personali" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ammcentr@cert.unibs.it" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...867 lines deleted...]
-
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>206</Words>
-  <Characters>1177</Characters>
+  <Words>288</Words>
+  <Characters>1647</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
+  <Company>Universit? degli Studi di Brescia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1381</CharactersWithSpaces>
+  <CharactersWithSpaces>1932</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Barbara DE NARDI</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2026-02-17T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word per Office 365</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2026-02-17T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word per Office 365</vt:lpwstr>
+  </property>
+</Properties>
+</file>