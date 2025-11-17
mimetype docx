--- v0 (2025-10-18)
+++ v1 (2025-11-17)
@@ -10,270 +10,446 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2F1A8567" w14:textId="11689859" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
-[...17 lines deleted...]
-    <w:p w14:paraId="277C8D5F" w14:textId="59D769B3" w:rsidR="00945BC4" w:rsidRPr="002131F6" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
+    <w:p w14:paraId="277C8D5F" w14:textId="654465CE" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="002131F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>Brescia,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB6B27" w:rsidRPr="002131F6">
+      </w:pPr>
+      <w:r w:rsidRPr="002131F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
+        <w:t>Brescia,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6B27" w:rsidRPr="002131F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00AE5DFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>data protocollo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C026B54" w14:textId="11F31042" w:rsidR="00340142" w:rsidRDefault="00340142" w:rsidP="00945BC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34C36581" w14:textId="77777777" w:rsidR="008D1F0E" w:rsidRPr="002131F6" w:rsidRDefault="008D1F0E" w:rsidP="00945BC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11D729B7" w14:textId="77777777" w:rsidR="00340142" w:rsidRPr="0086342F" w:rsidRDefault="00340142" w:rsidP="00340142">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="3828"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0086342F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Al Magnifico Rettore</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0667FCB8" w14:textId="77777777" w:rsidR="00340142" w:rsidRPr="002131F6" w:rsidRDefault="00340142" w:rsidP="00340142">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PEC: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="008B66C9">
+          <w:rPr>
+            <w:rStyle w:val="Collegamentoipertestuale"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:eastAsia="it-IT"/>
+          </w:rPr>
+          <w:t>ammcentr@cert.unibs.it</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002131F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Università degli Studi di Brescia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E56CAE6" w14:textId="77777777" w:rsidR="00340142" w:rsidRDefault="00340142" w:rsidP="00340142">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="3828"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42B2D244" w14:textId="77777777" w:rsidR="00340142" w:rsidRPr="002131F6" w:rsidRDefault="00340142" w:rsidP="00340142">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="3828"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002131F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Al Direttore della Scuola di specializzazione in</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61394614" w14:textId="77777777" w:rsidR="00340142" w:rsidRPr="002131F6" w:rsidRDefault="00340142" w:rsidP="00340142">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="3828"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:lang w:eastAsia="it-IT"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:id w:val="-1268929457"/>
+          <w:alias w:val="Scuola di Specializzazione"/>
+          <w:tag w:val="Scuola di Specializzazione"/>
+          <w:id w:val="948593335"/>
           <w:placeholder>
-            <w:docPart w:val="476FBEC9F29D41388A82A974C6D8AFC0"/>
+            <w:docPart w:val="139EB1F52AF84D1D8828C46F4FCCEC89"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w:date>
-[...4 lines deleted...]
-          </w:date>
+          <w15:color w:val="000000"/>
+          <w:dropDownList>
+            <w:listItem w:value="Scegliere un elemento."/>
+            <w:listItem w:displayText="Allergologia ed Immunologia clinica" w:value="Allergologia ed Immunologia clinica"/>
+            <w:listItem w:displayText="Anatomia Patologica" w:value="Anatomia Patologica"/>
+            <w:listItem w:displayText="Anestesia, Rianimazione, Terapia Intensiva e del Dolore" w:value="Anestesia, Rianimazione, Terapia Intensiva e del Dolore"/>
+            <w:listItem w:displayText="Cardiochirurgia" w:value="Cardiochirurgia"/>
+            <w:listItem w:displayText="Chirurgia Generale" w:value="Chirurgia Generale"/>
+            <w:listItem w:displayText="Chirurgia Orale" w:value="Chirurgia Orale"/>
+            <w:listItem w:displayText="Chirurgia Pediatrica" w:value="Chirurgia Pediatrica"/>
+            <w:listItem w:displayText="Chirurgia Vascolare" w:value="Chirurgia Vascolare"/>
+            <w:listItem w:displayText="Dermatologia e Venereologia" w:value="Dermatologia e Venereologia"/>
+            <w:listItem w:displayText="Ematologia" w:value="Ematologia"/>
+            <w:listItem w:displayText="Endocrinologia e Malattie del Metabolismo" w:value="Endocrinologia e Malattie del Metabolismo"/>
+            <w:listItem w:displayText="Farmacologia e Tossicologia Clinica" w:value="Farmacologia e Tossicologia Clinica"/>
+            <w:listItem w:displayText="Geriatria" w:value="Geriatria"/>
+            <w:listItem w:displayText="Ginecologia e Ostetricia" w:value="Ginecologia e Ostetricia"/>
+            <w:listItem w:displayText="Igiene e Medicina Preventiva" w:value="Igiene e Medicina Preventiva"/>
+            <w:listItem w:displayText="Malattie dell'Apparato Cardiovascolare" w:value="Malattie dell'Apparato Cardiovascolare"/>
+            <w:listItem w:displayText="Malattie dell'Apparato Respiratorio" w:value="Malattie dell'Apparato Respiratorio"/>
+            <w:listItem w:displayText="Malattie Infettive e Tropicali" w:value="Malattie Infettive e Tropicali"/>
+            <w:listItem w:displayText="Medicina del Lavoro" w:value="Medicina del Lavoro"/>
+            <w:listItem w:displayText="Medicina dello Sport e dell'Esercizio Fisico" w:value="Medicina dello Sport e dell'Esercizio Fisico"/>
+            <w:listItem w:displayText="Medicina d'Emergenza e Urgenza" w:value="Medicina d'Emergenza e Urgenza"/>
+            <w:listItem w:displayText="Medicina e cure palliative" w:value="Medicina e cure palliative"/>
+            <w:listItem w:displayText="Medicina Interna" w:value="Medicina Interna"/>
+            <w:listItem w:displayText="Medicina Legale" w:value="Medicina Legale"/>
+            <w:listItem w:displayText="Medicina Nucleare" w:value="Medicina Nucleare"/>
+            <w:listItem w:displayText="Microbiologia e Virologia" w:value="Microbiologia e Virologia"/>
+            <w:listItem w:displayText="Nefrologia" w:value="Nefrologia"/>
+            <w:listItem w:displayText="Neurochirurgia" w:value="Neurochirurgia"/>
+            <w:listItem w:displayText="Neurologia" w:value="Neurologia"/>
+            <w:listItem w:displayText="Neuropsichiatria Infantile" w:value="Neuropsichiatria Infantile"/>
+            <w:listItem w:displayText="Odontoiatria pediatrica" w:value="Odontoiatria pediatrica"/>
+            <w:listItem w:displayText="Oftalmologia" w:value="Oftalmologia"/>
+            <w:listItem w:displayText="Oncologia Medica" w:value="Oncologia Medica"/>
+            <w:listItem w:displayText="Ortopedia e Traumatologia" w:value="Ortopedia e Traumatologia"/>
+            <w:listItem w:displayText="Ortognatodonzia" w:value="Ortognatodonzia"/>
+            <w:listItem w:displayText="Otorinolaringoiatria" w:value="Otorinolaringoiatria"/>
+            <w:listItem w:displayText="Patologia Clinica e Biochimica Clinica" w:value="Patologia Clinica e Biochimica Clinica"/>
+            <w:listItem w:displayText="Pediatria " w:value="Pediatria "/>
+            <w:listItem w:displayText="Psichiatria" w:value="Psichiatria"/>
+            <w:listItem w:displayText="Radiodiagnostica" w:value="Radiodiagnostica"/>
+            <w:listItem w:displayText="Radioterapia" w:value="Radioterapia"/>
+            <w:listItem w:displayText="Reumatologia" w:value="Reumatologia"/>
+            <w:listItem w:displayText="Urologia" w:value="Urologia"/>
+          </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00DB6B27" w:rsidRPr="002131F6">
+          <w:r w:rsidRPr="00B92CCE">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
-            <w:t>Fare clic o toccare qui per immettere una data.</w:t>
+            <w:t>Scegliere un elemento.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="70483DE4" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRPr="002131F6" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
-[...134 lines deleted...]
-    <w:p w14:paraId="55DEA6B0" w14:textId="33CC7DC7" w:rsidR="004B7F47" w:rsidRPr="002131F6" w:rsidRDefault="004B7F47" w:rsidP="006E3807">
+    <w:p w14:paraId="6D426320" w14:textId="18E0AF8E" w:rsidR="00340142" w:rsidRPr="002131F6" w:rsidRDefault="00CD7684" w:rsidP="00340142">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="3828"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:id w:val="1927069290"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:value="Scegliere un elemento."/>
+            <w:listItem w:displayText="Prof." w:value="Prof."/>
+            <w:listItem w:displayText="Prof.ssa" w:value="Prof.ssa"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001321E0" w:rsidRPr="001321E0">
+            <w:rPr>
+              <w:rStyle w:val="Testosegnaposto"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="FF0000"/>
+            </w:rPr>
+            <w:t>Scegliere un elemento.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:id w:val="-907526408"/>
+          <w:placeholder>
+            <w:docPart w:val="B744157334844496B4EE405E7D866E0A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00340142" w:rsidRPr="002131F6">
+            <w:rPr>
+              <w:rStyle w:val="Testosegnaposto"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="FF0000"/>
+            </w:rPr>
+            <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00340142" w:rsidRPr="002131F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E1B81D" w14:textId="77777777" w:rsidR="00340142" w:rsidRPr="002131F6" w:rsidRDefault="00340142" w:rsidP="00340142">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="3828"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002131F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Università degli Studi di Brescia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C61032E" w14:textId="77777777" w:rsidR="00340142" w:rsidRPr="002131F6" w:rsidRDefault="00340142" w:rsidP="00340142">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="3828"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70C3E2F6" w14:textId="77777777" w:rsidR="00340142" w:rsidRPr="0008710A" w:rsidRDefault="00340142" w:rsidP="00340142">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="3261"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e p.c. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0008710A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>U.O.C. Scuole di Specializzazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E6DCBF" w14:textId="77777777" w:rsidR="00340142" w:rsidRPr="0008710A" w:rsidRDefault="00340142" w:rsidP="00340142">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="3261"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24AF5C16" w14:textId="77777777" w:rsidR="00340142" w:rsidRPr="0008710A" w:rsidRDefault="00340142" w:rsidP="00340142">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="3828"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0008710A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>.O.C. Trattamento Economico del Personale</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="268C2BE1" w14:textId="4D05BA8F" w:rsidR="00671AE9" w:rsidRPr="002131F6" w:rsidRDefault="00671AE9" w:rsidP="006E3807">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="3828"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55DBDB6A" w14:textId="1E9976E3" w:rsidR="00945BC4" w:rsidRPr="002131F6" w:rsidRDefault="00945BC4" w:rsidP="008C567F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EEB15DA" w14:textId="539E16CD" w:rsidR="00945BC4" w:rsidRDefault="00834EFD" w:rsidP="00BF2161">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -303,51 +479,51 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(artt. 46, D.P.R. 28 dicembre 2000, n. 445)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CB7D7A3" w14:textId="77777777" w:rsidR="00C82D43" w:rsidRPr="002131F6" w:rsidRDefault="00C82D43" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27E94CCE" w14:textId="62FD4664" w:rsidR="00945BC4" w:rsidRPr="002131F6" w:rsidRDefault="00971D9E" w:rsidP="00C671AD">
+    <w:p w14:paraId="27E94CCE" w14:textId="62FD4664" w:rsidR="00945BC4" w:rsidRPr="002131F6" w:rsidRDefault="001321E0" w:rsidP="00C671AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="600772906"/>
           <w:placeholder>
             <w:docPart w:val="30989762605C4C63A0259EAB43C3D4BE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:comboBox>
             <w:listItem w:value="Scegliere un elemento."/>
             <w:listItem w:displayText="La sottoscritta" w:value="La sottoscritta"/>
             <w:listItem w:displayText="Il sottoscritto" w:value="Il sottoscritto"/>
           </w:comboBox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -682,405 +858,414 @@
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="BookAntiqua" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015451E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="BookAntiqua" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ai sensi degli articoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="BookAntiqua" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0015451E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="BookAntiqua" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>46 e 47 del D.P.R. 445/2000:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E4219B" w14:textId="3E24180C" w:rsidR="00156161" w:rsidRDefault="00BC4B15" w:rsidP="00C73923">
+    <w:p w14:paraId="17E4219B" w14:textId="394E9435" w:rsidR="00156161" w:rsidRDefault="00BC4B15" w:rsidP="00C73923">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8355"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">la nascita </w:t>
       </w:r>
       <w:r w:rsidR="00C73923" w:rsidRPr="007C05D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>del/la proprio/a figlio/a</w:t>
       </w:r>
       <w:r w:rsidR="00C73923">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:alias w:val="Nome e Cognome"/>
           <w:tag w:val="Nome e Cognome"/>
           <w:id w:val="2111229692"/>
           <w:placeholder>
             <w:docPart w:val="6A891F678CEC4A9DA8EBD3DC804DDCE3"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C73923" w:rsidRPr="002131F6">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00F155EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">, nato/a </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>, nato/a a</w:t>
+      </w:r>
       <w:r w:rsidR="00C73923">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:alias w:val="Città, provincia"/>
           <w:tag w:val="Città, provincia"/>
           <w:id w:val="-686671284"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C73923" w:rsidRPr="00C73923">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00F155EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:id w:val="507261137"/>
+          <w:id w:val="1144864461"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+            <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w:comboBox>
-[...1 lines deleted...]
-          </w:comboBox>
+          <w:date>
+            <w:dateFormat w:val="dd/MM/yyyy"/>
+            <w:lid w:val="it-IT"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00EC2BC6" w:rsidRPr="00EC2BC6">
+          <w:r w:rsidR="004748F0" w:rsidRPr="004748F0">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
-            <w:t>Scegliere un elemento.</w:t>
+            <w:t>Fare clic o toccare qui per immettere una data.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EC2BC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">codice fiscale </w:t>
+        <w:t xml:space="preserve"> codice fiscale </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="-1272234452"/>
           <w:placeholder>
             <w:docPart w:val="9597CA18E2714CA499F7634959B13787"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EC2BC6" w:rsidRPr="002C557D">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="5E460DD6" w14:textId="5EDB3151" w:rsidR="00751C0A" w:rsidRPr="00AB1DED" w:rsidRDefault="00751C0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="412CDE51" w14:textId="3AB6ED7B" w:rsidR="0034495E" w:rsidRDefault="00F87D66" w:rsidP="002131F6">
       <w:pPr>
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1" w:firstLine="4536"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Firma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16C151F1" w14:textId="7FAB7AC0" w:rsidR="00156161" w:rsidRDefault="00156161" w:rsidP="002131F6">
+    <w:p w14:paraId="16C151F1" w14:textId="365C4CAB" w:rsidR="00156161" w:rsidRDefault="00156161" w:rsidP="002131F6">
       <w:pPr>
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1" w:firstLine="4536"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70910C09" w14:textId="0787B1E1" w:rsidR="00695D36" w:rsidRDefault="00695D36" w:rsidP="002131F6">
+    <w:p w14:paraId="0DF5FB37" w14:textId="77777777" w:rsidR="00AE5DFB" w:rsidRDefault="00AE5DFB" w:rsidP="002131F6">
       <w:pPr>
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1" w:firstLine="4536"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BBFBAE8" w14:textId="4B0DB3F6" w:rsidR="00695D36" w:rsidRDefault="00695D36" w:rsidP="002131F6">
+    <w:p w14:paraId="70910C09" w14:textId="0787B1E1" w:rsidR="00695D36" w:rsidRDefault="00695D36" w:rsidP="002131F6">
       <w:pPr>
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1" w:firstLine="4536"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="7BBFBAE8" w14:textId="4B0DB3F6" w:rsidR="00695D36" w:rsidRDefault="00695D36" w:rsidP="002131F6">
+      <w:pPr>
+        <w:pStyle w:val="NormaleWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="-1" w:firstLine="4536"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>___________________________________________</w:t>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="177EB493" w14:textId="77777777" w:rsidR="00195C88" w:rsidRDefault="00195C88" w:rsidP="002131F6">
+    <w:p w14:paraId="406E03D4" w14:textId="5795A90A" w:rsidR="00156161" w:rsidRDefault="00156161" w:rsidP="002131F6">
       <w:pPr>
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1" w:firstLine="4536"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E1053B2" w14:textId="1367A9FC" w:rsidR="00156161" w:rsidRDefault="00156161" w:rsidP="002131F6">
+    <w:p w14:paraId="177EB493" w14:textId="77777777" w:rsidR="00195C88" w:rsidRDefault="00195C88" w:rsidP="002131F6">
       <w:pPr>
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1" w:firstLine="4536"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AF0E59E" w14:textId="56A5934C" w:rsidR="00156161" w:rsidRDefault="00156161" w:rsidP="002131F6">
+    <w:p w14:paraId="3E1053B2" w14:textId="1367A9FC" w:rsidR="00156161" w:rsidRDefault="00156161" w:rsidP="002131F6">
       <w:pPr>
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1" w:firstLine="4536"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2910AD97" w14:textId="7FE051AB" w:rsidR="00156161" w:rsidRDefault="00156161" w:rsidP="002131F6">
+    <w:p w14:paraId="0AF0E59E" w14:textId="56A5934C" w:rsidR="00156161" w:rsidRDefault="00156161" w:rsidP="002131F6">
       <w:pPr>
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1" w:firstLine="4536"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="2910AD97" w14:textId="7FE051AB" w:rsidR="00156161" w:rsidRDefault="00156161" w:rsidP="002131F6">
+      <w:pPr>
+        <w:pStyle w:val="NormaleWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="-1" w:firstLine="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="49EA15FE" w14:textId="345A9348" w:rsidR="00156161" w:rsidRPr="00195C88" w:rsidRDefault="00156161" w:rsidP="002131F6">
       <w:pPr>
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1" w:firstLine="4536"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00156161" w:rsidRPr="00195C88" w:rsidSect="00B42D25">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="00156161" w:rsidRPr="00195C88" w:rsidSect="00340142">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1965" w:right="1134" w:bottom="1134" w:left="1134" w:header="284" w:footer="125" w:gutter="0"/>
+      <w:pgMar w:top="1885" w:right="1134" w:bottom="1134" w:left="1134" w:header="284" w:footer="125" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2D444DEB" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1F30F61B" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -1236,120 +1421,107 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2554A805" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="43D0F8D7" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="64DE9537" w14:textId="636E2757" w:rsidR="00945BC4" w:rsidRDefault="00BF2161" w:rsidP="00945BC4">
+  <w:p w14:paraId="64DE9537" w14:textId="795424B8" w:rsidR="00945BC4" w:rsidRDefault="00340142" w:rsidP="00945BC4">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00227EEA">
       <w:rPr>
         <w:noProof/>
+        <w:lang w:eastAsia="it-IT"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1026BD0A" wp14:editId="6442B7D6">
-[...10 lines deleted...]
-          <wp:docPr id="38" name="Immagine 38" descr="/Users/max/Downloads/int-sanità-supporto.png"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C1194B1" wp14:editId="398208DE">
+          <wp:extent cx="2224405" cy="928826"/>
+          <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+          <wp:docPr id="3" name="Immagine 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Immagine 32" descr="/Users/max/Downloads/int-sanità-supporto.png"/>
+                  <pic:cNvPr id="0" name="Immagine 5"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="6120130" cy="1167130"/>
+                    <a:ext cx="2276444" cy="950556"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-        </wp:anchor>
+        </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EE014B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB56ABE2"/>
     <w:lvl w:ilvl="0" w:tplc="B1A6D936">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
@@ -1557,235 +1729,243 @@
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22531"/>
+    <o:shapedefaults v:ext="edit" spidmax="26625"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00945BC4"/>
     <w:rsid w:val="00007D44"/>
     <w:rsid w:val="00027B12"/>
     <w:rsid w:val="00035D90"/>
     <w:rsid w:val="000450C3"/>
     <w:rsid w:val="00103CE6"/>
+    <w:rsid w:val="001321E0"/>
     <w:rsid w:val="00156161"/>
     <w:rsid w:val="00177BA6"/>
     <w:rsid w:val="00185711"/>
     <w:rsid w:val="00186C67"/>
     <w:rsid w:val="00195C88"/>
     <w:rsid w:val="001A312B"/>
     <w:rsid w:val="001C0461"/>
     <w:rsid w:val="001C4860"/>
     <w:rsid w:val="001F2078"/>
     <w:rsid w:val="001F339D"/>
     <w:rsid w:val="001F3DDF"/>
     <w:rsid w:val="001F44E1"/>
     <w:rsid w:val="001F5F1D"/>
     <w:rsid w:val="002131F6"/>
     <w:rsid w:val="0023411E"/>
     <w:rsid w:val="00244735"/>
     <w:rsid w:val="0027157F"/>
     <w:rsid w:val="00274676"/>
     <w:rsid w:val="002A0148"/>
     <w:rsid w:val="002B3DDC"/>
     <w:rsid w:val="002C1E4E"/>
     <w:rsid w:val="002C557D"/>
     <w:rsid w:val="002C65DB"/>
     <w:rsid w:val="002E114D"/>
     <w:rsid w:val="002E5B73"/>
     <w:rsid w:val="00306EEB"/>
+    <w:rsid w:val="00340142"/>
     <w:rsid w:val="003405E4"/>
     <w:rsid w:val="00340CF9"/>
     <w:rsid w:val="0034495E"/>
     <w:rsid w:val="003C7AAE"/>
     <w:rsid w:val="003F70EE"/>
     <w:rsid w:val="004324FF"/>
     <w:rsid w:val="00442D1C"/>
     <w:rsid w:val="0045268B"/>
     <w:rsid w:val="00461552"/>
+    <w:rsid w:val="004748F0"/>
     <w:rsid w:val="00476B89"/>
     <w:rsid w:val="00497C1C"/>
     <w:rsid w:val="004B7F47"/>
     <w:rsid w:val="004F483B"/>
     <w:rsid w:val="00500E86"/>
     <w:rsid w:val="00501B88"/>
     <w:rsid w:val="00501D82"/>
     <w:rsid w:val="00503935"/>
     <w:rsid w:val="00503D66"/>
     <w:rsid w:val="005121D9"/>
     <w:rsid w:val="0058708C"/>
     <w:rsid w:val="005D1974"/>
     <w:rsid w:val="00627A8D"/>
     <w:rsid w:val="006336D7"/>
     <w:rsid w:val="00640F4A"/>
     <w:rsid w:val="0065023A"/>
     <w:rsid w:val="0066039C"/>
     <w:rsid w:val="006700D9"/>
     <w:rsid w:val="006717B1"/>
     <w:rsid w:val="00671AE9"/>
     <w:rsid w:val="00676538"/>
     <w:rsid w:val="006844AD"/>
     <w:rsid w:val="00691E6E"/>
     <w:rsid w:val="00692790"/>
     <w:rsid w:val="00695D36"/>
     <w:rsid w:val="006E3807"/>
     <w:rsid w:val="00707C25"/>
     <w:rsid w:val="00712264"/>
     <w:rsid w:val="00751318"/>
     <w:rsid w:val="00751539"/>
     <w:rsid w:val="00751C0A"/>
     <w:rsid w:val="00763A40"/>
     <w:rsid w:val="00776345"/>
     <w:rsid w:val="00781958"/>
     <w:rsid w:val="007977B2"/>
     <w:rsid w:val="00834EFD"/>
     <w:rsid w:val="0084342D"/>
     <w:rsid w:val="0086342F"/>
     <w:rsid w:val="008637DD"/>
+    <w:rsid w:val="008672E5"/>
     <w:rsid w:val="00877FC0"/>
     <w:rsid w:val="00884EE9"/>
     <w:rsid w:val="008A6A4F"/>
     <w:rsid w:val="008C3A3A"/>
     <w:rsid w:val="008C567F"/>
     <w:rsid w:val="008D1305"/>
+    <w:rsid w:val="008D1F0E"/>
     <w:rsid w:val="008E0195"/>
     <w:rsid w:val="008E1F1B"/>
     <w:rsid w:val="00903D84"/>
     <w:rsid w:val="00945BC4"/>
     <w:rsid w:val="00960009"/>
     <w:rsid w:val="00971D9E"/>
     <w:rsid w:val="00974DFC"/>
     <w:rsid w:val="009957B9"/>
     <w:rsid w:val="00995C74"/>
     <w:rsid w:val="009C50F1"/>
     <w:rsid w:val="009D043D"/>
     <w:rsid w:val="009E6DA3"/>
     <w:rsid w:val="00A03C0E"/>
     <w:rsid w:val="00A10584"/>
     <w:rsid w:val="00A21271"/>
     <w:rsid w:val="00A41BB2"/>
     <w:rsid w:val="00A652C0"/>
     <w:rsid w:val="00A74A3A"/>
     <w:rsid w:val="00A77257"/>
     <w:rsid w:val="00AA41E0"/>
     <w:rsid w:val="00AA67FF"/>
     <w:rsid w:val="00AB1DED"/>
     <w:rsid w:val="00AC5910"/>
+    <w:rsid w:val="00AE5DFB"/>
     <w:rsid w:val="00B1182E"/>
     <w:rsid w:val="00B12B03"/>
     <w:rsid w:val="00B42D25"/>
     <w:rsid w:val="00B7672E"/>
     <w:rsid w:val="00BC4B15"/>
     <w:rsid w:val="00BC62AB"/>
     <w:rsid w:val="00BF1A77"/>
     <w:rsid w:val="00BF2161"/>
     <w:rsid w:val="00C1438B"/>
     <w:rsid w:val="00C25AF5"/>
     <w:rsid w:val="00C43B7C"/>
     <w:rsid w:val="00C671AD"/>
     <w:rsid w:val="00C73923"/>
     <w:rsid w:val="00C73B58"/>
     <w:rsid w:val="00C750F2"/>
     <w:rsid w:val="00C82D43"/>
     <w:rsid w:val="00CC3547"/>
     <w:rsid w:val="00CC5215"/>
+    <w:rsid w:val="00CD4C29"/>
+    <w:rsid w:val="00CD7684"/>
     <w:rsid w:val="00D169C9"/>
     <w:rsid w:val="00D21A49"/>
     <w:rsid w:val="00D65E6D"/>
     <w:rsid w:val="00D8361E"/>
     <w:rsid w:val="00D9197B"/>
     <w:rsid w:val="00DB6B27"/>
     <w:rsid w:val="00DD278A"/>
     <w:rsid w:val="00E65A7C"/>
     <w:rsid w:val="00EA06B7"/>
     <w:rsid w:val="00EC2BC6"/>
     <w:rsid w:val="00EF4AA2"/>
     <w:rsid w:val="00F043AD"/>
     <w:rsid w:val="00F155EF"/>
     <w:rsid w:val="00F21A75"/>
     <w:rsid w:val="00F4262C"/>
     <w:rsid w:val="00F563F5"/>
     <w:rsid w:val="00F71ACA"/>
     <w:rsid w:val="00F87244"/>
     <w:rsid w:val="00F87D66"/>
     <w:rsid w:val="00F95653"/>
     <w:rsid w:val="00F97746"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22531"/>
+    <o:shapedefaults v:ext="edit" spidmax="26625"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="14BBFC22"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D792B449-11BA-496D-9D94-A4BA7D6DA3E8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -2377,50 +2557,61 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitoloCarattere">
     <w:name w:val="Titolo Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Titolo"/>
     <w:rsid w:val="00B42D25"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Collegamentoipertestuale">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00340142"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1268930306">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1412115036">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -2442,122 +2633,91 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1580292337">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ammcentr@cert.unibs.it" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4A9145E389BF408A87AB3F69A3945C1B"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{635B9C20-4B18-4D0A-998E-874FC71D48E4}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005C2EEF" w:rsidRDefault="002C6D6D" w:rsidP="002C6D6D">
           <w:pPr>
             <w:pStyle w:val="4A9145E389BF408A87AB3F69A3945C1B"/>
           </w:pPr>
           <w:r w:rsidRPr="002131F6">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Scegliere un elemento.</w:t>
-          </w:r>
-[...29 lines deleted...]
-            <w:t>Fare clic o toccare qui per immettere una data.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DF8FBD30D6A14C6C845F3CD5B09C8A02"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EA906EF2-A070-425E-AEEA-1C85FDE4D5A9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005C2EEF" w:rsidRDefault="002C6D6D" w:rsidP="002C6D6D">
           <w:pPr>
             <w:pStyle w:val="DF8FBD30D6A14C6C845F3CD5B09C8A021"/>
           </w:pPr>
           <w:r w:rsidRPr="002131F6">
@@ -2658,144 +2818,232 @@
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E5943207-2B26-4760-AF46-21CBE0CFC8B2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00CD21E8">
+        <w:p w:rsidR="00377CB4" w:rsidRDefault="00CD21E8">
           <w:r w:rsidRPr="00635554">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6A891F678CEC4A9DA8EBD3DC804DDCE3"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A19E699B-CFE1-4F40-A147-A3148A284A1E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00CD21E8" w:rsidP="00CD21E8">
+        <w:p w:rsidR="00377CB4" w:rsidRDefault="00CD21E8" w:rsidP="00CD21E8">
           <w:pPr>
             <w:pStyle w:val="6A891F678CEC4A9DA8EBD3DC804DDCE3"/>
           </w:pPr>
           <w:r w:rsidRPr="002131F6">
+            <w:rPr>
+              <w:rStyle w:val="Testosegnaposto"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="FF0000"/>
+            </w:rPr>
+            <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9597CA18E2714CA499F7634959B13787"/>
+        <w:category>
+          <w:name w:val="Generale"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8790FBCA-7D2A-4BED-94BE-3425B777FDE3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00377CB4" w:rsidRDefault="00CD21E8" w:rsidP="00CD21E8">
+          <w:pPr>
+            <w:pStyle w:val="9597CA18E2714CA499F7634959B13787"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C557D">
+            <w:rPr>
+              <w:rStyle w:val="Testosegnaposto"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="FF0000"/>
+            </w:rPr>
+            <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013437"/>
+        <w:category>
+          <w:name w:val="Generale"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{330C92F1-08D2-4FE9-9F1E-21FF129AECEA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E43351" w:rsidRDefault="00377CB4">
+          <w:r w:rsidRPr="005C31C2">
+            <w:rPr>
+              <w:rStyle w:val="Testosegnaposto"/>
+            </w:rPr>
+            <w:t>Fare clic o toccare qui per immettere una data.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="139EB1F52AF84D1D8828C46F4FCCEC89"/>
+        <w:category>
+          <w:name w:val="Generale"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4BA5D7F7-8E52-45B3-BF65-01254883F60D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00E43351" w:rsidP="00E43351">
+          <w:pPr>
+            <w:pStyle w:val="139EB1F52AF84D1D8828C46F4FCCEC89"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00B92CCE">
+            <w:rPr>
+              <w:rStyle w:val="Testosegnaposto"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="FF0000"/>
+            </w:rPr>
+            <w:t>Scegliere un elemento.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B744157334844496B4EE405E7D866E0A"/>
+        <w:category>
+          <w:name w:val="Generale"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DAC8307B-BEB2-486F-B40E-682992A715AD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00E43351" w:rsidP="00E43351">
+          <w:pPr>
+            <w:pStyle w:val="B744157334844496B4EE405E7D866E0A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="000C20F7">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{DCD75490-41BA-46B9-A506-E63AB120EBB8}"/>
+        <w:guid w:val="{78DF4FD6-61B4-4E4D-B7E2-8AAD941B9166}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00CD21E8">
-          <w:r w:rsidRPr="00635554">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00E43351">
+          <w:r w:rsidRPr="009A0340">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
             </w:rPr>
             <w:t>Scegliere un elemento.</w:t>
-          </w:r>
-[...29 lines deleted...]
-            <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2844,57 +3092,59 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:revisionView w:comments="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D36C61"/>
     <w:rsid w:val="00097C55"/>
     <w:rsid w:val="002C6D6D"/>
     <w:rsid w:val="003203B9"/>
+    <w:rsid w:val="00377CB4"/>
     <w:rsid w:val="003F6BA2"/>
     <w:rsid w:val="005C2EEF"/>
     <w:rsid w:val="00606B79"/>
     <w:rsid w:val="007E1C37"/>
     <w:rsid w:val="00AF19D0"/>
     <w:rsid w:val="00CD21E8"/>
     <w:rsid w:val="00D36C61"/>
+    <w:rsid w:val="00E43351"/>
     <w:rsid w:val="00E64260"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
@@ -3304,157 +3554,105 @@
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Testosegnaposto">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CD21E8"/>
+    <w:rsid w:val="00E43351"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6CCEC52F54A74B80BAAB3D39BE133C6E">
-[...1 lines deleted...]
-    <w:rsid w:val="00CD21E8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="139EB1F52AF84D1D8828C46F4FCCEC89">
+    <w:name w:val="139EB1F52AF84D1D8828C46F4FCCEC89"/>
+    <w:rsid w:val="00E43351"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A891F678CEC4A9DA8EBD3DC804DDCE3">
     <w:name w:val="6A891F678CEC4A9DA8EBD3DC804DDCE3"/>
     <w:rsid w:val="00CD21E8"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9597CA18E2714CA499F7634959B13787">
     <w:name w:val="9597CA18E2714CA499F7634959B13787"/>
     <w:rsid w:val="00CD21E8"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="476FBEC9F29D41388A82A974C6D8AFC01">
-[...21 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B744157334844496B4EE405E7D866E0A">
+    <w:name w:val="B744157334844496B4EE405E7D866E0A"/>
+    <w:rsid w:val="00E43351"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="30989762605C4C63A0259EAB43C3D4BE">
     <w:name w:val="30989762605C4C63A0259EAB43C3D4BE"/>
     <w:rsid w:val="002C6D6D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DF8FBD30D6A14C6C845F3CD5B09C8A021">
     <w:name w:val="DF8FBD30D6A14C6C845F3CD5B09C8A021"/>
     <w:rsid w:val="002C6D6D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="41F831FEC0954A99A010D87ADA9B1410">
     <w:name w:val="41F831FEC0954A99A010D87ADA9B1410"/>
     <w:rsid w:val="002C6D6D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E7F920BDB6747B48C74A28FCBBC19611">
     <w:name w:val="1E7F920BDB6747B48C74A28FCBBC19611"/>
     <w:rsid w:val="002C6D6D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4A9145E389BF408A87AB3F69A3945C1B">
     <w:name w:val="4A9145E389BF408A87AB3F69A3945C1B"/>
-    <w:rsid w:val="002C6D6D"/>
-[...30 lines deleted...]
-    <w:name w:val="59AA9B0EE2E14485A981597A205D4110"/>
     <w:rsid w:val="002C6D6D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3727,69 +3925,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>175</Words>
-  <Characters>1087</Characters>
+  <Words>203</Words>
+  <Characters>1161</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1255</CharactersWithSpaces>
+  <CharactersWithSpaces>1362</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Barbara DE NARDI</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>