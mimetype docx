--- v1 (2025-11-17)
+++ v2 (2026-03-03)
@@ -1,3187 +1,2208 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="277C8D5F" w14:textId="654465CE" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4C251986" w14:textId="01B346E4" w:rsidR="000C6C2D" w:rsidRPr="004B2210" w:rsidRDefault="000C6C2D" w:rsidP="000C6C2D">
+      <w:pPr>
+        <w:pStyle w:val="Intestazione"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4819"/>
+          <w:tab w:val="clear" w:pos="9638"/>
+          <w:tab w:val="right" w:pos="8789"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="646425C7" wp14:editId="710A285E">
+            <wp:extent cx="2548467" cy="1319210"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="24" name="Immagine 24" descr="Immagine che contiene testo, logo, cerchio, Carattere&#10;&#10;Descrizione generata automaticamente"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1061625705" name="Immagine 1061625705"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2673278" cy="1383818"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="000C6C2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022DB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">idattica e Impegno nel Territorio                                                                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4650F79B" w14:textId="77777777" w:rsidR="000C6C2D" w:rsidRPr="004B2210" w:rsidRDefault="000C6C2D" w:rsidP="000C6C2D">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:right="-427"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6983">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E6983">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2210">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>U.O.C. Coordinamento Area Medico-Sanitaria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B37CB8D" w14:textId="77777777" w:rsidR="000C6C2D" w:rsidRPr="004B2210" w:rsidRDefault="000C6C2D" w:rsidP="000C6C2D">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2210">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2210">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:b/>
+          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>e Scuole di Specializzazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC78856" w14:textId="1688BCB0" w:rsidR="00A4144D" w:rsidRDefault="00A4144D" w:rsidP="000C6C2D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="1033" w:hanging="891"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43C61D97" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2269F53C" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="199"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55F1CE4B" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00FE73DD">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="140"/>
+      </w:pPr>
+      <w:r>
         <w:t>Brescia,</w:t>
       </w:r>
-      <w:r w:rsidR="00DB6B27" w:rsidRPr="002131F6">
-[...69 lines deleted...]
-        <w:r w:rsidRPr="008B66C9">
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>data</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>protocollo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="388408BC" w14:textId="6E2FA9B2" w:rsidR="00A4144D" w:rsidRDefault="00FE73DD">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="251"/>
+        <w:ind w:left="3998"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Alla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>UOC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Coordinamento Area Medico – Sanitaria e scuole di Specializzazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C4FE6F1" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="183"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="605B92CD" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00A4144D">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="820" w:right="992" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="341BA7DA" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="240326D2" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="95"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27F50ADA" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00FE73DD">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="140"/>
+      </w:pPr>
+      <w:r>
+        <w:t>PEC:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Collegamentoipertestuale"/>
-[...1 lines deleted...]
-            <w:lang w:eastAsia="it-IT"/>
+            <w:spacing w:val="-2"/>
           </w:rPr>
           <w:t>ammcentr@cert.unibs.it</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...58 lines deleted...]
-        <w:sdtPr>
+    </w:p>
+    <w:p w14:paraId="7EAE0863" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00FE73DD">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="94"/>
+        <w:ind w:left="140" w:right="140"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r>
+        <w:t>Alla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>UOC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Trattamento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Economico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Previdenziale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>del Personale, Dottorandi, Specializzandi, Assegni di Ricerca</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7584AAD5" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:sectPr w:rsidR="00A4144D">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="820" w:right="992" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="2" w:space="720" w:equalWidth="0">
+            <w:col w:w="3081" w:space="748"/>
+            <w:col w:w="6097"/>
+          </w:cols>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D9AAABB" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="252"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3194C3CB" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00FE73DD">
+      <w:pPr>
+        <w:pStyle w:val="Titolo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Dichiarazione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>sostitutiva</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>certificazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3327FFF7" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00FE73DD">
+      <w:pPr>
+        <w:spacing w:line="229" w:lineRule="exact"/>
+        <w:ind w:right="7"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(artt.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>46,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>D.P.R.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>dicembre</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2000,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>n.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>445)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20936992" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="25"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5245BA6A" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRPr="00E72167" w:rsidRDefault="00FE73DD">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:ind w:left="140" w:right="137"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Scegliere un elemento. Fare clic o toccare qui per immettere il testo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t xml:space="preserve">, codice fiscale </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Fare clic o toccare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>qui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>immettere</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>testo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>specializzando/a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>regolarmente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>iscritto/a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>al</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Scegliere</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elemento. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>anno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>della</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>Scuola</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>Specializzazione</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Scegliere</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>elemento.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>consapevole</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>che</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>chiunque</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t xml:space="preserve">rilascia dichiarazioni mendaci è punito ai sensi del </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>codice penale</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E72167">
+        <w:t xml:space="preserve"> e delle leggi speciali in materia, come previsto dall’art.76 del D.P.R. 445/2000,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="580D4D12" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRPr="00E72167" w:rsidRDefault="00FE73DD">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="252"/>
+        <w:ind w:left="1" w:right="1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>DICHIARA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1152A035" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRPr="00E72167" w:rsidRDefault="00FE73DD">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="182"/>
+        <w:ind w:left="140"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>ai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>sensi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>degli</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>articoli</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>47</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>del</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>D.P.R.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>445/2000:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D8BD9D" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00FE73DD">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="182" w:line="256" w:lineRule="auto"/>
+        <w:ind w:left="140"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>nascita</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>del/la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>proprio/a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t xml:space="preserve">figlio/a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Fare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>clic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>toccare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>qui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>immettere</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>testo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>, nato/a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E72167">
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E72167">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Fare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>clic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o toccare qui per immettere il testo. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t xml:space="preserve">il </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fare clic o toccare qui per immettere una data. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:t xml:space="preserve">codice fiscale </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72167">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AEEF7E3" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CA8C716" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="89"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31EA6824" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00FE73DD">
+      <w:pPr>
+        <w:ind w:right="2461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Firma</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A9FC0E" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C3769CB" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74E2803D" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00FE73DD">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="106"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="691C2A7B" wp14:editId="78969D40">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3853307</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>229127</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2732405" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="2" name="Graphic 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2732405" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="2732405">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="2732016" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7200">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="76D0D509" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:303.4pt;margin-top:18.05pt;width:215.15pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="2732405,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdUuFOJAIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3a8rRmMOMXQoMWA&#10;oivQDDsrshwbk0WNUmzn70fJdpJ2t2E+CJT4RPLxUV7fDq1mnULXgCn4cpFypoyEsjGHgv/Y3X/4&#10;wpnzwpRCg1EFPynHbzfv3617m6sMatClQkZBjMt7W/Dae5sniZO1aoVbgFWGnBVgKzxt8ZCUKHqK&#10;3uokS9ObpAcsLYJUztHpdnTyTYxfVUr671XllGe64FSbjyvGdR/WZLMW+QGFrRs5lSH+oYpWNIaS&#10;nkNthRfsiM1fodpGIjio/EJCm0BVNVJFDsRmmb5h81ILqyIXao6z5za5/xdWPnXPyJqy4BlnRrQk&#10;0cPUjSw0p7cuJ8yLfcZAz9lHkL8cOZJXnrBxE2aosA1YIseG2OnTudNq8EzSYbb6mH1KP3MmybfM&#10;VlGIROTzXXl0/kFBjCO6R+dHncrZEvVsycHMJpLaQWcddfackc7IGem8H3W2wod7obhgsv5SSDhr&#10;oVM7iF7/pnIq7eLV5hoVqKTLG85mloQdEWSENNSr0Yipyb4mp02oYkWjHMfHgW7K+0brUIXDw/5O&#10;I+tEGN74BR4U4RXMovNb4eoRF10TTJtJp1GaINIeyhMJ3pPGBXe/jwIVZ/qboZEKz2M2cDb2s4Fe&#10;30F8RLFBlHM3/BRoWUhfcE/KPsE8sCKfRQvUz9hw08DXo4eqCYrGGRormjY05ZHg9CLDM7reR9Tl&#10;v7H5AwAA//8DAFBLAwQUAAYACAAAACEAYu28wt0AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j8g7VI3KhdIpkqxKkqUC+coEWIoxMvsSFeR7HbpH+Pc4Lb7uxo5m21nX3PzjhGF0jB&#10;eiWAIbXBOOoUvB/3dxtgMWkyug+ECi4YYVtfX1W6NGGiNzwfUsdyCMVSK7ApDSXnsbXodVyFASnf&#10;vsLodcrr2HEz6imH+57fCyG5145yg9UDPllsfw4nr+D4bNuLnD6az++X3Sa4MO0H96rU7c28ewSW&#10;cE5/ZljwMzrUmakJJzKR9QqkkBk9KSjkGthiEMVDnppFKYDXFf//Qv0LAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA3VLhTiQCAAB/BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAYu28wt0AAAAKAQAADwAAAAAAAAAAAAAAAAB+BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" path="m,l2732016,e" filled="f" strokeweight=".2mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="305E88CA" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35B28520" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="611EB1F9" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="719E98B6" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C557699" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25B3CEC9" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E10AA97" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="606D5E30" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EC330AD" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="012F4381" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D3D597F" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="727669F6" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43CBFE73" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00A4144D">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03ED53D4" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00FE73DD">
+      <w:pPr>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>dati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>personali</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>saranno trattati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>esclusivamente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>finalità connesse</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>allo svolgimento delle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>attività</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>istituzionali,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>in particolare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>tutti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>gli</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B59B85" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00FE73DD">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>adempimenti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>relativi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>alla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>piena</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>attuazione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>rapporto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>didattico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>amministrativo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>l’Università</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>nel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>rispetto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Decreto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Legislativo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C1C1D4D" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00FE73DD">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="140" w:right="58"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>n.196 del 2003 (Codice in materia di protezione dei dati personali) e sue successive modifiche e integrazioni, nonché del Regolamento UE 2016/679 (Regolamento Generale sulla Protezione dei dati).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D9CE099" w14:textId="77777777" w:rsidR="00A4144D" w:rsidRDefault="00FE73DD">
+      <w:pPr>
+        <w:spacing w:line="183" w:lineRule="exact"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>È</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>possibile</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>prendere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>visione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>della</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>informativa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>seguente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>link:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>https://</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="16"/>
           </w:rPr>
-          <w:alias w:val="Scuola di Specializzazione"/>
-[...77 lines deleted...]
-        <w:sdtPr>
+          <w:t>www.unibs.it/it/protezione-dati-</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="16"/>
           </w:rPr>
-          <w:id w:val="1927069290"/>
-[...970 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+          <w:t>personali</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:sectPr w:rsidR="00A4144D">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11910" w:h="16840"/>
+      <w:pgMar w:top="820" w:right="992" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...4 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="Arial MT">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...23 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Garamond">
+    <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...401 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00945BC4"/>
-[...154 lines deleted...]
-    <w:rsid w:val="00F97746"/>
+    <w:rsidRoot w:val="00A4144D"/>
+    <w:rsid w:val="000C6C2D"/>
+    <w:rsid w:val="002A55F6"/>
+    <w:rsid w:val="00A4144D"/>
+    <w:rsid w:val="00AA18A1"/>
+    <w:rsid w:val="00D90B2F"/>
+    <w:rsid w:val="00E72167"/>
+    <w:rsid w:val="00FE73DD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="14BBFC22"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{D792B449-11BA-496D-9D94-A4BA7D6DA3E8}"/>
+  <w14:docId w14:val="5109A6C0"/>
+  <w15:docId w15:val="{95AC969D-4F35-4559-8101-A1FEB5B061B4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1189 lines deleted...]
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3522,472 +2543,476 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
+      <w:lang w:val="it-IT"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Testosegnaposto">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E43351"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpotesto">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normale"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normale"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="exact"/>
+      <w:ind w:right="1"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="139EB1F52AF84D1D8828C46F4FCCEC89">
-[...1 lines deleted...]
-    <w:rsid w:val="00E43351"/>
+  <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normale"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A891F678CEC4A9DA8EBD3DC804DDCE3">
-[...1 lines deleted...]
-    <w:rsid w:val="00CD21E8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normale"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9597CA18E2714CA499F7634959B13787">
-[...9 lines deleted...]
-    <w:rsid w:val="002C6D6D"/>
+  <w:style w:type="paragraph" w:styleId="Intestazione">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normale"/>
+    <w:link w:val="IntestazioneCarattere"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000C6C2D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DF8FBD30D6A14C6C845F3CD5B09C8A021">
-[...1 lines deleted...]
-    <w:rsid w:val="002C6D6D"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntestazioneCarattere">
+    <w:name w:val="Intestazione Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Intestazione"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000C6C2D"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...24 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:val="it-IT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-</w:webSettings>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unibs.it/it/protezione-dati-personali" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ammcentr@cert.unibs.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>203</Words>
-  <Characters>1161</Characters>
+  <Words>330</Words>
+  <Characters>1886</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
+  <Company>Universit? degli Studi di Brescia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1362</CharactersWithSpaces>
+  <CharactersWithSpaces>2212</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Barbara DE NARDI</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2026-02-17T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word per Office 365</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2026-02-17T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word per Office 365</vt:lpwstr>
+  </property>
+</Properties>
+</file>