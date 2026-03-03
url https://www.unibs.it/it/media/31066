--- v0 (2025-10-18)
+++ v1 (2026-03-03)
@@ -8,237 +8,263 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
     <w:p w14:paraId="2F1A8567" w14:textId="11689859" w:rsidR="00945BC4" w:rsidRPr="002215A4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FC2C5AF" w14:textId="77777777" w:rsidR="00C82D43" w:rsidRPr="002215A4" w:rsidRDefault="00C82D43" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="277C8D5F" w14:textId="59D769B3" w:rsidR="00945BC4" w:rsidRPr="002215A4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
+    <w:p w14:paraId="277C8D5F" w14:textId="471CFD76" w:rsidR="00945BC4" w:rsidRPr="002215A4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Brescia,</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B27" w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-        <w:sdtPr>
+      <w:r w:rsidR="00555B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>data del protocollo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70483DE4" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRPr="002215A4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002215A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:smallCaps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>                                                                                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34708F01" w14:textId="77777777" w:rsidR="003779FD" w:rsidRPr="002215A4" w:rsidRDefault="003779FD" w:rsidP="003779FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="3828"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002215A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Al Magnifico Rettore</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D2ADFB8" w14:textId="094DB5D1" w:rsidR="003779FD" w:rsidRPr="002215A4" w:rsidRDefault="00555B12" w:rsidP="00555B12">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PEC </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="005C31C2">
           <w:rPr>
+            <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:color w:val="000000"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
-          <w:id w:val="-1268929457"/>
-[...24 lines deleted...]
-      </w:sdt>
+          <w:t>ammcentr@cert.unibs.it</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CF2A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="003779FD" w:rsidRPr="002215A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Università degli Studi di Brescia</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="70483DE4" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRPr="002215A4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
-[...22 lines deleted...]
-    <w:p w14:paraId="34708F01" w14:textId="77777777" w:rsidR="003779FD" w:rsidRPr="002215A4" w:rsidRDefault="003779FD" w:rsidP="003779FD">
+    <w:p w14:paraId="50D58530" w14:textId="77777777" w:rsidR="003779FD" w:rsidRPr="002215A4" w:rsidRDefault="003779FD" w:rsidP="003779FD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="3828"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002215A4">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5D2ADFB8" w14:textId="77777777" w:rsidR="003779FD" w:rsidRPr="002215A4" w:rsidRDefault="003779FD" w:rsidP="003779FD">
+    <w:p w14:paraId="2A635922" w14:textId="77777777" w:rsidR="003779FD" w:rsidRPr="002215A4" w:rsidRDefault="003779FD" w:rsidP="003779FD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="3828"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="it-IT"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002215A4">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-        <w:t>Università degli Studi di Brescia</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Al Direttore della Scuola di specializzazione in</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50D58530" w14:textId="77777777" w:rsidR="003779FD" w:rsidRPr="002215A4" w:rsidRDefault="003779FD" w:rsidP="003779FD">
-[...29 lines deleted...]
-    <w:p w14:paraId="405F26E6" w14:textId="77777777" w:rsidR="003779FD" w:rsidRPr="002215A4" w:rsidRDefault="003779FD" w:rsidP="003779FD">
+    <w:p w14:paraId="405F26E6" w14:textId="77777777" w:rsidR="003779FD" w:rsidRPr="002215A4" w:rsidRDefault="00DA6EF4" w:rsidP="003779FD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="3828"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:alias w:val="Scuola di Specializzazione"/>
           <w:tag w:val="Scuola di Specializzazione"/>
           <w:id w:val="948593335"/>
           <w:placeholder>
             <w:docPart w:val="0568759DDF7D4202BDA51F14A883E7CE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="000000"/>
           <w:dropDownList>
@@ -266,98 +292,100 @@
             <w:listItem w:displayText="Medicina d'Emergenza e Urgenza" w:value="Medicina d'Emergenza e Urgenza"/>
             <w:listItem w:displayText="Medicina e cure palliative" w:value="Medicina e cure palliative"/>
             <w:listItem w:displayText="Medicina Interna" w:value="Medicina Interna"/>
             <w:listItem w:displayText="Medicina Legale" w:value="Medicina Legale"/>
             <w:listItem w:displayText="Medicina Nucleare" w:value="Medicina Nucleare"/>
             <w:listItem w:displayText="Microbiologia e Virologia" w:value="Microbiologia e Virologia"/>
             <w:listItem w:displayText="Nefrologia" w:value="Nefrologia"/>
             <w:listItem w:displayText="Neurochirurgia" w:value="Neurochirurgia"/>
             <w:listItem w:displayText="Neurologia" w:value="Neurologia"/>
             <w:listItem w:displayText="Neuropsichiatria Infantile" w:value="Neuropsichiatria Infantile"/>
             <w:listItem w:displayText="Odontoiatria pediatrica" w:value="Odontoiatria pediatrica"/>
             <w:listItem w:displayText="Oftalmologia" w:value="Oftalmologia"/>
             <w:listItem w:displayText="Oncologia Medica" w:value="Oncologia Medica"/>
             <w:listItem w:displayText="Ortopedia e Traumatologia" w:value="Ortopedia e Traumatologia"/>
             <w:listItem w:displayText="Ortognatodonzia" w:value="Ortognatodonzia"/>
             <w:listItem w:displayText="Otorinolaringoiatria" w:value="Otorinolaringoiatria"/>
             <w:listItem w:displayText="Patologia Clinica e Biochimica Clinica" w:value="Patologia Clinica e Biochimica Clinica"/>
             <w:listItem w:displayText="Pediatria " w:value="Pediatria "/>
             <w:listItem w:displayText="Psichiatria" w:value="Psichiatria"/>
             <w:listItem w:displayText="Radiodiagnostica" w:value="Radiodiagnostica"/>
             <w:listItem w:displayText="Radioterapia" w:value="Radioterapia"/>
             <w:listItem w:displayText="Reumatologia" w:value="Reumatologia"/>
             <w:listItem w:displayText="Urologia" w:value="Urologia"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="002215A4">
+          <w:r w:rsidR="003779FD" w:rsidRPr="002215A4">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Scegliere un elemento.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1D640C37" w14:textId="77777777" w:rsidR="003779FD" w:rsidRPr="002215A4" w:rsidRDefault="003779FD" w:rsidP="003779FD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="3828"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Prof./Prof.ssa </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-907526408"/>
           <w:placeholder>
             <w:docPart w:val="819A94F21A094AE6A5B5A2A4652B5484"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="002215A4">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22355879" w14:textId="77777777" w:rsidR="003779FD" w:rsidRPr="002215A4" w:rsidRDefault="003779FD" w:rsidP="003779FD">
@@ -883,155 +911,141 @@
         </w:rPr>
         <w:t xml:space="preserve">nel/nei seguente/i periodo/i o nel/nei seguente/i giorno/i </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FDAD481" w14:textId="7406830D" w:rsidR="00E56135" w:rsidRPr="002215A4" w:rsidRDefault="00E56135" w:rsidP="00E57159">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>[selezionare l’opzione di interesse]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="136FB09C" w14:textId="1BDFF7E4" w:rsidR="00AA0730" w:rsidRPr="002215A4" w:rsidRDefault="00884E91" w:rsidP="00E57159">
+    <w:p w14:paraId="136FB09C" w14:textId="1BDFF7E4" w:rsidR="00AA0730" w:rsidRPr="002215A4" w:rsidRDefault="00DA6EF4" w:rsidP="00E57159">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1195663234"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="002215A4">
+          <w:r w:rsidR="00884E91" w:rsidRPr="002215A4">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="002215A4">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="002215A4">
+      <w:r w:rsidR="00884E91" w:rsidRPr="002215A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dai due mesi </w:t>
+      </w:r>
+      <w:r w:rsidR="00884E91" w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>precedenti</w:t>
       </w:r>
-      <w:r w:rsidRPr="002215A4">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00884E91" w:rsidRPr="002215A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la data presunta del parto </w:t>
       </w:r>
       <w:r w:rsidR="00E56135" w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">prevista per il </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1348560700"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="it-IT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E56135" w:rsidRPr="002215A4">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere una data.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00582347">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1406BAA4" w14:textId="56533AC2" w:rsidR="00E56135" w:rsidRPr="002215A4" w:rsidRDefault="007755B0" w:rsidP="00E57159">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
@@ -1049,407 +1063,410 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">dal </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1815475282"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="it-IT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="002215A4">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere una data.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> al </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="438502113"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="it-IT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="002215A4">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere una data.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="728C11AF" w14:textId="6A0C1A47" w:rsidR="00AA0730" w:rsidRPr="002215A4" w:rsidRDefault="00AA0730" w:rsidP="00E57159">
+    <w:p w14:paraId="728C11AF" w14:textId="6A0C1A47" w:rsidR="00AA0730" w:rsidRPr="002215A4" w:rsidRDefault="00DA6EF4" w:rsidP="00E57159">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="135230841"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="002215A4">
+          <w:r w:rsidR="00AA0730" w:rsidRPr="002215A4">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="002215A4">
+      <w:r w:rsidR="00AA0730" w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002215A4">
+      <w:r w:rsidR="00AA0730" w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="BookAntiqua" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">in quanto padre, del bambino/a </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:alias w:val="Nome e Cognome"/>
           <w:tag w:val="Nome e Cognome"/>
           <w:id w:val="2111229692"/>
           <w:placeholder>
             <w:docPart w:val="F2F58CB80178471881D72AE76D3CE9F0"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="002215A4">
+          <w:r w:rsidR="00AA0730" w:rsidRPr="002215A4">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="002215A4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, nato/a a </w:t>
+      <w:r w:rsidR="00AA0730" w:rsidRPr="002215A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, nato/a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AA0730" w:rsidRPr="002215A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AA0730" w:rsidRPr="002215A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:alias w:val="Città, provincia"/>
           <w:tag w:val="Città, provincia"/>
           <w:id w:val="-686671284"/>
           <w:placeholder>
             <w:docPart w:val="B0FB5F79A08F45EAA106A7C97ECFAE3E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="002215A4">
+          <w:r w:rsidR="00AA0730" w:rsidRPr="002215A4">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="002215A4">
+      <w:r w:rsidR="00AA0730" w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="507261137"/>
           <w:placeholder>
             <w:docPart w:val="1D361BF15DCC433A85235F4EDC44F559"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:comboBox>
             <w:listItem w:value="Scegliere un elemento."/>
           </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="002215A4">
+          <w:r w:rsidR="00AA0730" w:rsidRPr="002215A4">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Scegliere un elemento.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="002215A4">
+      <w:r w:rsidR="00AA0730" w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> codice fiscale </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1272234452"/>
           <w:placeholder>
             <w:docPart w:val="6AE8D28633EE4FDABE17E03EF5B41F6A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="002215A4">
+          <w:r w:rsidR="00AA0730" w:rsidRPr="002215A4">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DF14E3" w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...23 lines deleted...]
-        <w:t>):</w:t>
+        <w:t xml:space="preserve"> (entro i cinque mesi dalla nascita):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03EBF2B0" w14:textId="77777777" w:rsidR="00897D1F" w:rsidRPr="002215A4" w:rsidRDefault="00897D1F" w:rsidP="00897D1F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">dal </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1427336133"/>
           <w:placeholder>
             <w:docPart w:val="154B8659347F4ACFB40D96CBBF0F8D52"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="it-IT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="002215A4">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere una data.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> al </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="24070274"/>
           <w:placeholder>
             <w:docPart w:val="154B8659347F4ACFB40D96CBBF0F8D52"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="it-IT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="002215A4">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere una data.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="250A20D2" w14:textId="77777777" w:rsidR="00897D1F" w:rsidRPr="002215A4" w:rsidRDefault="00897D1F" w:rsidP="00897D1F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1459,90 +1476,92 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">dal </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="746155136"/>
           <w:placeholder>
             <w:docPart w:val="B2C08BE2812A4A0EA6B5FA21F01FA6E8"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="it-IT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="002215A4">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere una data.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> al </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-834834844"/>
           <w:placeholder>
             <w:docPart w:val="B2C08BE2812A4A0EA6B5FA21F01FA6E8"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="it-IT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="002215A4">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere una data.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="6C656496" w14:textId="77777777" w:rsidR="00897D1F" w:rsidRPr="002215A4" w:rsidRDefault="00897D1F" w:rsidP="00897D1F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1552,90 +1571,92 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">dal </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="653415773"/>
           <w:placeholder>
             <w:docPart w:val="7D86932A427849B280E285F3951AF46A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="it-IT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="002215A4">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere una data.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> al </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="397715199"/>
           <w:placeholder>
             <w:docPart w:val="7D86932A427849B280E285F3951AF46A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="it-IT"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="002215A4">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere una data.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2A932012" w14:textId="77777777" w:rsidR="004B4C73" w:rsidRPr="002215A4" w:rsidRDefault="004B4C73" w:rsidP="00E57159">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1664,272 +1685,282 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> massimo previsto dalla norma di </w:t>
       </w:r>
       <w:r w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> giorni, (elevabile a 20 in caso di parto plurimo)</w:t>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> giorni, (elevabile a 20 in caso di parto plurimo).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C02EE13" w14:textId="06529E64" w:rsidR="00AA0730" w:rsidRPr="002215A4" w:rsidRDefault="00897D1F" w:rsidP="00E57159">
+    <w:p w14:paraId="6C02EE13" w14:textId="06529E64" w:rsidR="00AA0730" w:rsidRPr="00CF2A51" w:rsidRDefault="00897D1F" w:rsidP="00E57159">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00582347">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF2A51">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Qualora il congedo venisse fruito in modo frazionato i giorni festivi, il sabato, la domenica e le altre tipologie di assenza (ad es. malattia propria o del/della figlio/a) fra i periodi di congedo saranno conteggiati come giorni di congedo</w:t>
       </w:r>
-      <w:r w:rsidRPr="002215A4">
+      <w:r w:rsidRPr="00CF2A51">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="078104DE" w14:textId="0BC2AAFF" w:rsidR="003A100C" w:rsidRPr="002215A4" w:rsidRDefault="003A100C" w:rsidP="003A100C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="BookAntiqua" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45DC4FE7" w14:textId="6CB119EE" w:rsidR="007F57DB" w:rsidRPr="007F57DB" w:rsidRDefault="003A100C" w:rsidP="007F57DB">
+    <w:p w14:paraId="45DC4FE7" w14:textId="50E60558" w:rsidR="007F57DB" w:rsidRPr="007F57DB" w:rsidRDefault="003A100C" w:rsidP="007F57DB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="BookAntiqua" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>consapevole che chiunque rilascia dichiarazioni mendaci è punito ai sensi del codice penale e delle leggi speciali in materia, come previsto dall’art.76 del D.P.R. 445/2000</w:t>
       </w:r>
       <w:r w:rsidR="007F57DB" w:rsidRPr="007F57DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> di trovar</w:t>
       </w:r>
       <w:r w:rsidR="0018726A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:r w:rsidR="007F57DB" w:rsidRPr="007F57DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nella seguente relazione con la gestante: </w:t>
+        <w:t xml:space="preserve"> nella seguente relazione con la gestante</w:t>
+      </w:r>
+      <w:r w:rsidR="00555B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/madre</w:t>
+      </w:r>
+      <w:r w:rsidR="007F57DB" w:rsidRPr="007F57DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A02D343" w14:textId="1C0468C8" w:rsidR="007F57DB" w:rsidRPr="007F57DB" w:rsidRDefault="003A100C" w:rsidP="007F57DB">
+    <w:p w14:paraId="7A02D343" w14:textId="4B30DDE2" w:rsidR="007F57DB" w:rsidRPr="007F57DB" w:rsidRDefault="00DA6EF4" w:rsidP="007F57DB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="2138368983"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="002215A4">
+          <w:r w:rsidR="000B4D76">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="002215A4">
+      <w:r w:rsidR="003A100C" w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F57DB" w:rsidRPr="007F57DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">coniuge          </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1546103143"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="002215A4">
+          <w:r w:rsidR="003A100C" w:rsidRPr="002215A4">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007F57DB" w:rsidRPr="007F57DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   convivente di fatto</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="412CDE51" w14:textId="3AB6ED7B" w:rsidR="0034495E" w:rsidRPr="002215A4" w:rsidRDefault="00F87D66" w:rsidP="002131F6">
       <w:pPr>
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1" w:firstLine="4536"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Firma</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C151F1" w14:textId="7FAB7AC0" w:rsidR="00156161" w:rsidRPr="002215A4" w:rsidRDefault="00156161" w:rsidP="002131F6">
       <w:pPr>
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1" w:firstLine="4536"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70910C09" w14:textId="0787B1E1" w:rsidR="00695D36" w:rsidRPr="002215A4" w:rsidRDefault="00695D36" w:rsidP="002131F6">
       <w:pPr>
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1" w:firstLine="4536"/>
         <w:jc w:val="center"/>
@@ -1948,89 +1979,89 @@
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1" w:firstLine="4536"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002215A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00156161" w:rsidRPr="00195C88" w:rsidSect="00B42D25">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="00156161" w:rsidRPr="00195C88" w:rsidSect="000C4001">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1965" w:right="1134" w:bottom="1134" w:left="1134" w:header="284" w:footer="125" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1134" w:bottom="142" w:left="1134" w:header="284" w:footer="125" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2D444DEB" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1F30F61B" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2053,62 +2084,69 @@
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Garamond">
+    <w:panose1 w:val="02020404030301010803"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:p w14:paraId="63580DD2" w14:textId="0FF60997" w:rsidR="00695D36" w:rsidRDefault="00695D36" w:rsidP="00695D36">
     <w:pPr>
       <w:pStyle w:val="NormaleWeb"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>I dati personali saranno trattati esclusivamente per finalità connesse allo svolgimento delle attività istituzionali, in particolare per tutti gli</w:t>
     </w:r>
     <w:r w:rsidR="00BF1A77">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
@@ -2141,154 +2179,289 @@
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>È possibile prendere visione della informativa al seguente link: https://www.unibs.it/it/protezione-dati-personali</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="43D07A20" w14:textId="77777777" w:rsidR="00695D36" w:rsidRDefault="00695D36" w:rsidP="00695D36">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="15D6D87F" w14:textId="77777777" w:rsidR="00695D36" w:rsidRDefault="00695D36">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2554A805" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="43D0F8D7" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="64DE9537" w14:textId="636E2757" w:rsidR="00945BC4" w:rsidRDefault="00BF2161" w:rsidP="00945BC4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w14:paraId="65785BE7" w14:textId="42E9CB19" w:rsidR="000C4001" w:rsidRPr="004B2210" w:rsidRDefault="000C4001" w:rsidP="000C4001">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
-      <w:jc w:val="center"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4819"/>
+        <w:tab w:val="clear" w:pos="9638"/>
+        <w:tab w:val="right" w:pos="8789"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:b/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1026BD0A" wp14:editId="6442B7D6">
-[...7 lines deleted...]
-          <wp:extent cx="6120130" cy="1167130"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C8C4474" wp14:editId="5C2B15E4">
+          <wp:extent cx="2548467" cy="1319210"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapNone/>
-          <wp:docPr id="38" name="Immagine 38" descr="/Users/max/Downloads/int-sanità-supporto.png"/>
+          <wp:docPr id="24" name="Immagine 24" descr="Immagine che contiene testo, logo, cerchio, Carattere&#10;&#10;Descrizione generata automaticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Immagine 32" descr="/Users/max/Downloads/int-sanità-supporto.png"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="1061625705" name="Immagine 1061625705"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="6120130" cy="1167130"/>
+                    <a:ext cx="2673278" cy="1383818"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-        </wp:anchor>
+        </wp:inline>
       </w:drawing>
     </w:r>
+    <w:r w:rsidRPr="000C4001">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:b/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:b/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                         </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00022DB7">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:b/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
+      <w:t>D</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:b/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">idattica e Impegno nel Territorio                                                                        </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="556A9897" w14:textId="77777777" w:rsidR="000C4001" w:rsidRPr="004B2210" w:rsidRDefault="000C4001" w:rsidP="000C4001">
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:right="-427"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:b/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="004E6983">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:b/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="004E6983">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:b/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:b/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                                                         </w:t>
+    </w:r>
+    <w:r w:rsidRPr="004B2210">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:b/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
+      <w:t>U.O.C. Coordinamento Area Medico-Sanitaria</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="756CB35E" w14:textId="77777777" w:rsidR="000C4001" w:rsidRPr="004B2210" w:rsidRDefault="000C4001" w:rsidP="000C4001">
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:right="140"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:b/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="004B2210">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:b/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                                                                                 </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:b/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r w:rsidRPr="004B2210">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:b/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
+      <w:t>e Scuole di Specializzazione</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="662A072C" w14:textId="77777777" w:rsidR="000C4001" w:rsidRPr="0016360B" w:rsidRDefault="000C4001" w:rsidP="000C4001">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4819"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:b/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="004B2210">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:b/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                                                                      </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="64DE9537" w14:textId="7561FDB8" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="000C4001">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4819"/>
+        <w:tab w:val="center" w:pos="2694"/>
+      </w:tabs>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EE014B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB56ABE2"/>
     <w:lvl w:ilvl="0" w:tplc="B1A6D936">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2480,81 +2653,84 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="28673"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00945BC4"/>
     <w:rsid w:val="00007D44"/>
     <w:rsid w:val="00027B12"/>
     <w:rsid w:val="00035D90"/>
     <w:rsid w:val="000450C3"/>
+    <w:rsid w:val="000B4D76"/>
+    <w:rsid w:val="000C4001"/>
     <w:rsid w:val="00103CE6"/>
     <w:rsid w:val="00135AB0"/>
     <w:rsid w:val="00156161"/>
     <w:rsid w:val="00177BA6"/>
     <w:rsid w:val="00185711"/>
     <w:rsid w:val="00186C67"/>
     <w:rsid w:val="0018726A"/>
     <w:rsid w:val="00195C88"/>
     <w:rsid w:val="001A312B"/>
     <w:rsid w:val="001C0461"/>
     <w:rsid w:val="001C4860"/>
     <w:rsid w:val="001F2078"/>
     <w:rsid w:val="001F339D"/>
     <w:rsid w:val="001F3DDF"/>
     <w:rsid w:val="001F44E1"/>
     <w:rsid w:val="001F5F1D"/>
     <w:rsid w:val="002131F6"/>
     <w:rsid w:val="002215A4"/>
     <w:rsid w:val="0023411E"/>
     <w:rsid w:val="00244735"/>
     <w:rsid w:val="0027157F"/>
     <w:rsid w:val="00274676"/>
     <w:rsid w:val="002811B1"/>
     <w:rsid w:val="002A0148"/>
     <w:rsid w:val="002B3DDC"/>
@@ -2565,50 +2741,51 @@
     <w:rsid w:val="002E114D"/>
     <w:rsid w:val="002E5B73"/>
     <w:rsid w:val="00306EEB"/>
     <w:rsid w:val="003405E4"/>
     <w:rsid w:val="00340CF9"/>
     <w:rsid w:val="0034495E"/>
     <w:rsid w:val="003779FD"/>
     <w:rsid w:val="003A100C"/>
     <w:rsid w:val="003C7AAE"/>
     <w:rsid w:val="003F70EE"/>
     <w:rsid w:val="004324FF"/>
     <w:rsid w:val="00442D1C"/>
     <w:rsid w:val="0045268B"/>
     <w:rsid w:val="00461552"/>
     <w:rsid w:val="00476B89"/>
     <w:rsid w:val="00497C1C"/>
     <w:rsid w:val="004B4C73"/>
     <w:rsid w:val="004B7F47"/>
     <w:rsid w:val="004F483B"/>
     <w:rsid w:val="00500E86"/>
     <w:rsid w:val="00501B88"/>
     <w:rsid w:val="00501D82"/>
     <w:rsid w:val="00503935"/>
     <w:rsid w:val="00503D66"/>
     <w:rsid w:val="005121D9"/>
+    <w:rsid w:val="00555B12"/>
     <w:rsid w:val="00582347"/>
     <w:rsid w:val="0058708C"/>
     <w:rsid w:val="005D1974"/>
     <w:rsid w:val="00627A8D"/>
     <w:rsid w:val="006336D7"/>
     <w:rsid w:val="00640F4A"/>
     <w:rsid w:val="0065023A"/>
     <w:rsid w:val="0066039C"/>
     <w:rsid w:val="006700D9"/>
     <w:rsid w:val="006717B1"/>
     <w:rsid w:val="00671AE9"/>
     <w:rsid w:val="00676538"/>
     <w:rsid w:val="006844AD"/>
     <w:rsid w:val="00691E6E"/>
     <w:rsid w:val="00692790"/>
     <w:rsid w:val="00695D36"/>
     <w:rsid w:val="006E3807"/>
     <w:rsid w:val="00707C25"/>
     <w:rsid w:val="00712264"/>
     <w:rsid w:val="00751318"/>
     <w:rsid w:val="00751539"/>
     <w:rsid w:val="00751C0A"/>
     <w:rsid w:val="00763A40"/>
     <w:rsid w:val="007755B0"/>
     <w:rsid w:val="00776345"/>
@@ -2651,108 +2828,109 @@
     <w:rsid w:val="00AA0730"/>
     <w:rsid w:val="00AA41E0"/>
     <w:rsid w:val="00AA67FF"/>
     <w:rsid w:val="00AB1DED"/>
     <w:rsid w:val="00AC5910"/>
     <w:rsid w:val="00AC59E5"/>
     <w:rsid w:val="00B1182E"/>
     <w:rsid w:val="00B12B03"/>
     <w:rsid w:val="00B2048E"/>
     <w:rsid w:val="00B42D25"/>
     <w:rsid w:val="00B7672E"/>
     <w:rsid w:val="00BC4B15"/>
     <w:rsid w:val="00BC62AB"/>
     <w:rsid w:val="00BF1A77"/>
     <w:rsid w:val="00BF2161"/>
     <w:rsid w:val="00C1438B"/>
     <w:rsid w:val="00C25AF5"/>
     <w:rsid w:val="00C43B7C"/>
     <w:rsid w:val="00C671AD"/>
     <w:rsid w:val="00C73923"/>
     <w:rsid w:val="00C73B58"/>
     <w:rsid w:val="00C750F2"/>
     <w:rsid w:val="00C82D43"/>
     <w:rsid w:val="00CC3547"/>
     <w:rsid w:val="00CC5215"/>
+    <w:rsid w:val="00CF2A51"/>
     <w:rsid w:val="00D169C9"/>
     <w:rsid w:val="00D21A49"/>
     <w:rsid w:val="00D65E6D"/>
     <w:rsid w:val="00D8361E"/>
     <w:rsid w:val="00D9197B"/>
     <w:rsid w:val="00DA76FF"/>
     <w:rsid w:val="00DB6B27"/>
     <w:rsid w:val="00DD278A"/>
     <w:rsid w:val="00DF14E3"/>
     <w:rsid w:val="00E4124C"/>
     <w:rsid w:val="00E56135"/>
     <w:rsid w:val="00E57159"/>
     <w:rsid w:val="00E65A7C"/>
     <w:rsid w:val="00EA06B7"/>
     <w:rsid w:val="00EC2BC6"/>
     <w:rsid w:val="00EF4AA2"/>
     <w:rsid w:val="00F043AD"/>
     <w:rsid w:val="00F155EF"/>
     <w:rsid w:val="00F21A75"/>
     <w:rsid w:val="00F4262C"/>
     <w:rsid w:val="00F563F5"/>
     <w:rsid w:val="00F71ACA"/>
     <w:rsid w:val="00F87244"/>
     <w:rsid w:val="00F87D66"/>
     <w:rsid w:val="00F95653"/>
     <w:rsid w:val="00F97746"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="28673"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="14BBFC22"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D792B449-11BA-496D-9D94-A4BA7D6DA3E8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3109,50 +3287,51 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Stile1">
     <w:name w:val="Stile1"/>
@@ -3329,55 +3508,78 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitoloCarattere">
     <w:name w:val="Titolo Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Titolo"/>
     <w:rsid w:val="00B42D25"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Collegamentoipertestuale">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00555B12"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Menzionenonrisolta">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00555B12"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:divs>
     <w:div w:id="92240644">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="116293023">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3433,122 +3635,91 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1627931032">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ammcentr@cert.unibs.it" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4A9145E389BF408A87AB3F69A3945C1B"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{635B9C20-4B18-4D0A-998E-874FC71D48E4}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005C2EEF" w:rsidRDefault="002C6D6D" w:rsidP="002C6D6D">
           <w:pPr>
             <w:pStyle w:val="4A9145E389BF408A87AB3F69A3945C1B"/>
           </w:pPr>
           <w:r w:rsidRPr="002131F6">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Scegliere un elemento.</w:t>
-          </w:r>
-[...29 lines deleted...]
-            <w:t>Fare clic o toccare qui per immettere una data.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DF8FBD30D6A14C6C845F3CD5B09C8A02"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EA906EF2-A070-425E-AEEA-1C85FDE4D5A9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005C2EEF" w:rsidRDefault="002C6D6D" w:rsidP="002C6D6D">
           <w:pPr>
             <w:pStyle w:val="DF8FBD30D6A14C6C845F3CD5B09C8A021"/>
           </w:pPr>
           <w:r w:rsidRPr="002131F6">
@@ -3618,335 +3789,335 @@
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0568759DDF7D4202BDA51F14A883E7CE"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3A649D10-3DBB-4AB3-AD9F-4CAAC6547CF1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00B16167" w:rsidP="00B16167">
+        <w:p w:rsidR="008E7E1E" w:rsidRDefault="00B16167" w:rsidP="00B16167">
           <w:pPr>
             <w:pStyle w:val="0568759DDF7D4202BDA51F14A883E7CE"/>
           </w:pPr>
           <w:r w:rsidRPr="00B92CCE">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Scegliere un elemento.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="819A94F21A094AE6A5B5A2A4652B5484"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B1EA5BFC-83F6-4A3C-AB66-02C8D6310D9C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00B16167" w:rsidP="00B16167">
+        <w:p w:rsidR="008E7E1E" w:rsidRDefault="00B16167" w:rsidP="00B16167">
           <w:pPr>
             <w:pStyle w:val="819A94F21A094AE6A5B5A2A4652B5484"/>
           </w:pPr>
           <w:r w:rsidRPr="000C20F7">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F2F58CB80178471881D72AE76D3CE9F0"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4C7D839E-A3E7-42C8-B8EE-25ADD777BC26}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00B16167" w:rsidP="00B16167">
+        <w:p w:rsidR="008E7E1E" w:rsidRDefault="00B16167" w:rsidP="00B16167">
           <w:pPr>
             <w:pStyle w:val="F2F58CB80178471881D72AE76D3CE9F0"/>
           </w:pPr>
           <w:r w:rsidRPr="002131F6">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B0FB5F79A08F45EAA106A7C97ECFAE3E"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7AA74DF3-753A-4962-819B-139B41034E07}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00B16167" w:rsidP="00B16167">
+        <w:p w:rsidR="008E7E1E" w:rsidRDefault="00B16167" w:rsidP="00B16167">
           <w:pPr>
             <w:pStyle w:val="B0FB5F79A08F45EAA106A7C97ECFAE3E"/>
           </w:pPr>
           <w:r w:rsidRPr="00635554">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1D361BF15DCC433A85235F4EDC44F559"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BA5FBDD0-92C3-430E-AB87-19643D4EE935}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00B16167" w:rsidP="00B16167">
+        <w:p w:rsidR="008E7E1E" w:rsidRDefault="00B16167" w:rsidP="00B16167">
           <w:pPr>
             <w:pStyle w:val="1D361BF15DCC433A85235F4EDC44F559"/>
           </w:pPr>
           <w:r w:rsidRPr="00635554">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
             </w:rPr>
             <w:t>Scegliere un elemento.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6AE8D28633EE4FDABE17E03EF5B41F6A"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1DAE2550-F12E-45AD-9670-226D6B08B17B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00B16167" w:rsidP="00B16167">
+        <w:p w:rsidR="008E7E1E" w:rsidRDefault="00B16167" w:rsidP="00B16167">
           <w:pPr>
             <w:pStyle w:val="6AE8D28633EE4FDABE17E03EF5B41F6A"/>
           </w:pPr>
           <w:r w:rsidRPr="002C557D">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6A8FB91C-770C-4EC0-912C-E9A65994A7EE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00B16167">
+        <w:p w:rsidR="008E7E1E" w:rsidRDefault="00B16167">
           <w:r w:rsidRPr="00635554">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere una data.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="154B8659347F4ACFB40D96CBBF0F8D52"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3824FEBD-F836-48E6-BC97-72BFDC118EE9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00B16167" w:rsidP="00B16167">
+        <w:p w:rsidR="008E7E1E" w:rsidRDefault="00B16167" w:rsidP="00B16167">
           <w:pPr>
             <w:pStyle w:val="154B8659347F4ACFB40D96CBBF0F8D52"/>
           </w:pPr>
           <w:r w:rsidRPr="00635554">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere una data.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B2C08BE2812A4A0EA6B5FA21F01FA6E8"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6909B104-F762-4B52-A1AF-A956D1592955}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00B16167" w:rsidP="00B16167">
+        <w:p w:rsidR="008E7E1E" w:rsidRDefault="00B16167" w:rsidP="00B16167">
           <w:pPr>
             <w:pStyle w:val="B2C08BE2812A4A0EA6B5FA21F01FA6E8"/>
           </w:pPr>
           <w:r w:rsidRPr="00635554">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere una data.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7D86932A427849B280E285F3951AF46A"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DD887852-3125-4FFC-967A-7D262A12F080}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00B16167" w:rsidP="00B16167">
+        <w:p w:rsidR="008E7E1E" w:rsidRDefault="00B16167" w:rsidP="00B16167">
           <w:pPr>
             <w:pStyle w:val="7D86932A427849B280E285F3951AF46A"/>
           </w:pPr>
           <w:r w:rsidRPr="00635554">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere una data.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3969,114 +4140,122 @@
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Garamond">
+    <w:panose1 w:val="02020404030301010803"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:view w:val="normal"/>
   <w:revisionView w:comments="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D36C61"/>
     <w:rsid w:val="00097C55"/>
     <w:rsid w:val="002C6D6D"/>
     <w:rsid w:val="003203B9"/>
     <w:rsid w:val="003F6BA2"/>
     <w:rsid w:val="005C2EEF"/>
     <w:rsid w:val="00606B79"/>
     <w:rsid w:val="007E1C37"/>
+    <w:rsid w:val="008E7E1E"/>
     <w:rsid w:val="00AF19D0"/>
     <w:rsid w:val="00B16167"/>
     <w:rsid w:val="00CD21E8"/>
     <w:rsid w:val="00D36C61"/>
     <w:rsid w:val="00E64260"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4470,81 +4649,65 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Testosegnaposto">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B16167"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0568759DDF7D4202BDA51F14A883E7CE">
     <w:name w:val="0568759DDF7D4202BDA51F14A883E7CE"/>
     <w:rsid w:val="00B16167"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A891F678CEC4A9DA8EBD3DC804DDCE3">
-[...6 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="476FBEC9F29D41388A82A974C6D8AFC01">
     <w:name w:val="476FBEC9F29D41388A82A974C6D8AFC01"/>
     <w:rsid w:val="002C6D6D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="819A94F21A094AE6A5B5A2A4652B5484">
     <w:name w:val="819A94F21A094AE6A5B5A2A4652B5484"/>
     <w:rsid w:val="00B16167"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2F58CB80178471881D72AE76D3CE9F0">
     <w:name w:val="F2F58CB80178471881D72AE76D3CE9F0"/>
     <w:rsid w:val="00B16167"/>
-  </w:style>
-[...6 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DF8FBD30D6A14C6C845F3CD5B09C8A021">
     <w:name w:val="DF8FBD30D6A14C6C845F3CD5B09C8A021"/>
     <w:rsid w:val="002C6D6D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="41F831FEC0954A99A010D87ADA9B1410">
     <w:name w:val="41F831FEC0954A99A010D87ADA9B1410"/>
     <w:rsid w:val="002C6D6D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E7F920BDB6747B48C74A28FCBBC19611">
     <w:name w:val="1E7F920BDB6747B48C74A28FCBBC19611"/>
     <w:rsid w:val="002C6D6D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
@@ -4562,51 +4725,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1D361BF15DCC433A85235F4EDC44F559">
     <w:name w:val="1D361BF15DCC433A85235F4EDC44F559"/>
     <w:rsid w:val="00B16167"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6AE8D28633EE4FDABE17E03EF5B41F6A">
     <w:name w:val="6AE8D28633EE4FDABE17E03EF5B41F6A"/>
     <w:rsid w:val="00B16167"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="154B8659347F4ACFB40D96CBBF0F8D52">
     <w:name w:val="154B8659347F4ACFB40D96CBBF0F8D52"/>
     <w:rsid w:val="00B16167"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B2C08BE2812A4A0EA6B5FA21F01FA6E8">
     <w:name w:val="B2C08BE2812A4A0EA6B5FA21F01FA6E8"/>
     <w:rsid w:val="00B16167"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7D86932A427849B280E285F3951AF46A">
     <w:name w:val="7D86932A427849B280E285F3951AF46A"/>
     <w:rsid w:val="00B16167"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -4867,70 +5030,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2054</Characters>
+  <Pages>2</Pages>
+  <Words>364</Words>
+  <Characters>2076</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2371</CharactersWithSpaces>
+  <CharactersWithSpaces>2436</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Barbara DE NARDI</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>