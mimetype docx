--- v0 (2025-10-18)
+++ v1 (2026-03-03)
@@ -8,51 +8,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
     <w:p w14:paraId="2F1A8567" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRPr="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="277C8D5F" w14:textId="6E64C477" w:rsidR="00945BC4" w:rsidRPr="002131F6" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002131F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
@@ -164,51 +164,51 @@
     </w:p>
     <w:p w14:paraId="29CA59BA" w14:textId="77777777" w:rsidR="00FC034C" w:rsidRDefault="00FC034C" w:rsidP="00FC034C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="3828"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52E10E42" w14:textId="77777777" w:rsidR="00FC034C" w:rsidRPr="002131F6" w:rsidRDefault="00FC034C" w:rsidP="00FC034C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="3828"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002131F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Al Direttore della Scuola di specializzazione in</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EECE414" w14:textId="77777777" w:rsidR="00FC034C" w:rsidRPr="002131F6" w:rsidRDefault="00FC034C" w:rsidP="00FC034C">
+    <w:p w14:paraId="1EECE414" w14:textId="77777777" w:rsidR="00FC034C" w:rsidRPr="002131F6" w:rsidRDefault="007F7EC5" w:rsidP="00FC034C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="3828"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:alias w:val="Scuola di Specializzazione"/>
           <w:tag w:val="Scuola di Specializzazione"/>
           <w:id w:val="948593335"/>
           <w:placeholder>
             <w:docPart w:val="BEB6E40CA66041018178246B567748C2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Scegliere un elemento."/>
             <w:listItem w:displayText="Allergologia ed Immunologia clinica" w:value="Allergologia ed Immunologia clinica"/>
             <w:listItem w:displayText="Anatomia Patologica" w:value="Anatomia Patologica"/>
             <w:listItem w:displayText="Anestesia, Rianimazione, Terapia Intensiva e del Dolore" w:value="Anestesia, Rianimazione, Terapia Intensiva e del Dolore"/>
@@ -232,177 +232,214 @@
             <w:listItem w:displayText="Medicina d'Emergenza e Urgenza" w:value="Medicina d'Emergenza e Urgenza"/>
             <w:listItem w:displayText="Medicina e cure palliative" w:value="Medicina e cure palliative"/>
             <w:listItem w:displayText="Medicina Interna" w:value="Medicina Interna"/>
             <w:listItem w:displayText="Medicina Legale" w:value="Medicina Legale"/>
             <w:listItem w:displayText="Medicina Nucleare" w:value="Medicina Nucleare"/>
             <w:listItem w:displayText="Microbiologia e Virologia" w:value="Microbiologia e Virologia"/>
             <w:listItem w:displayText="Nefrologia" w:value="Nefrologia"/>
             <w:listItem w:displayText="Neurochirurgia" w:value="Neurochirurgia"/>
             <w:listItem w:displayText="Neurologia" w:value="Neurologia"/>
             <w:listItem w:displayText="Neuropsichiatria Infantile" w:value="Neuropsichiatria Infantile"/>
             <w:listItem w:displayText="Odontoiatria pediatrica" w:value="Odontoiatria pediatrica"/>
             <w:listItem w:displayText="Oftalmologia" w:value="Oftalmologia"/>
             <w:listItem w:displayText="Oncologia Medica" w:value="Oncologia Medica"/>
             <w:listItem w:displayText="Ortopedia e Traumatologia" w:value="Ortopedia e Traumatologia"/>
             <w:listItem w:displayText="Ortognatodonzia" w:value="Ortognatodonzia"/>
             <w:listItem w:displayText="Otorinolaringoiatria" w:value="Otorinolaringoiatria"/>
             <w:listItem w:displayText="Patologia Clinica e Biochimica Clinica" w:value="Patologia Clinica e Biochimica Clinica"/>
             <w:listItem w:displayText="Pediatria " w:value="Pediatria "/>
             <w:listItem w:displayText="Psichiatria" w:value="Psichiatria"/>
             <w:listItem w:displayText="Radiodiagnostica" w:value="Radiodiagnostica"/>
             <w:listItem w:displayText="Radioterapia" w:value="Radioterapia"/>
             <w:listItem w:displayText="Reumatologia" w:value="Reumatologia"/>
             <w:listItem w:displayText="Urologia" w:value="Urologia"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00B92CCE">
+          <w:r w:rsidR="00FC034C" w:rsidRPr="00B92CCE">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Scegliere un elemento.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="00F68E8A" w14:textId="77777777" w:rsidR="00FC034C" w:rsidRPr="002131F6" w:rsidRDefault="00FC034C" w:rsidP="00FC034C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="3828"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002131F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Prof./Prof.ssa </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="-907526408"/>
           <w:placeholder>
             <w:docPart w:val="80E8225C57C343699782919A84F708CC"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="002131F6">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="002131F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DC6EB40" w14:textId="77777777" w:rsidR="00FC034C" w:rsidRPr="002131F6" w:rsidRDefault="00FC034C" w:rsidP="00FC034C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="3828"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002131F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Università degli Studi di Brescia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="233BA2B0" w14:textId="77777777" w:rsidR="00FC034C" w:rsidRPr="002131F6" w:rsidRDefault="00FC034C" w:rsidP="00FC034C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="3828"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41DCEDE7" w14:textId="77777777" w:rsidR="00FC034C" w:rsidRPr="0008710A" w:rsidRDefault="00FC034C" w:rsidP="00FC034C">
+    <w:p w14:paraId="41DCEDE7" w14:textId="4ABF0DFD" w:rsidR="00FC034C" w:rsidRDefault="00FC034C" w:rsidP="00FC034C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="3261"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">e p.c. </w:t>
       </w:r>
       <w:r w:rsidRPr="0008710A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>U.O.C. Scuole di Specializzazione</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="539F7C57" w14:textId="77777777" w:rsidR="00FC034C" w:rsidRPr="0008710A" w:rsidRDefault="00FC034C" w:rsidP="00FC034C">
+        <w:t>U.O.C.</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Coordinamento Area medico – Sanitaria e Scuole </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E888059" w14:textId="053BCB4A" w:rsidR="007F7EC5" w:rsidRPr="0008710A" w:rsidRDefault="007F7EC5" w:rsidP="00FC034C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="3261"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>di Specializzazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="539F7C57" w14:textId="77777777" w:rsidR="00FC034C" w:rsidRPr="0008710A" w:rsidRDefault="00FC034C" w:rsidP="00FC034C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="3261"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2871E76E" w14:textId="77777777" w:rsidR="00FC034C" w:rsidRPr="0008710A" w:rsidRDefault="00FC034C" w:rsidP="00FC034C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="3828"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="0008710A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
@@ -599,51 +636,51 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="280017AB" w14:textId="2698D1F7" w:rsidR="005254DD" w:rsidRDefault="005254DD" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FBBB836" w14:textId="77777777" w:rsidR="005254DD" w:rsidRPr="002131F6" w:rsidRDefault="005254DD" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27E94CCE" w14:textId="01343AD3" w:rsidR="00945BC4" w:rsidRPr="002131F6" w:rsidRDefault="00FC034C" w:rsidP="00C671AD">
+    <w:p w14:paraId="27E94CCE" w14:textId="01343AD3" w:rsidR="00945BC4" w:rsidRPr="002131F6" w:rsidRDefault="007F7EC5" w:rsidP="00C671AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="1913574952"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:comboBox>
             <w:listItem w:value="Scegliere un elemento."/>
             <w:listItem w:displayText="La sottoscritta dott.ssa" w:value="La sottoscritta dott.ssa"/>
             <w:listItem w:displayText="Il sottoscritto dott." w:value="Il sottoscritto dott."/>
           </w:comboBox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -1272,192 +1309,167 @@
     </w:p>
     <w:p w14:paraId="4BF25015" w14:textId="3ADB5C34" w:rsidR="00AC431F" w:rsidRDefault="00AC431F" w:rsidP="00C1438B">
       <w:pPr>
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07A02EAE" w14:textId="5CA335DA" w:rsidR="00AC431F" w:rsidRDefault="00AC431F" w:rsidP="00C1438B">
       <w:pPr>
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C55D0F8" w14:textId="033EC610" w:rsidR="007B04D3" w:rsidRDefault="007B04D3" w:rsidP="00C1438B">
+    <w:p w14:paraId="1A4112FB" w14:textId="4D81DF62" w:rsidR="007B04D3" w:rsidRDefault="007B04D3" w:rsidP="00C1438B">
       <w:pPr>
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A4112FB" w14:textId="4D81DF62" w:rsidR="007B04D3" w:rsidRDefault="007B04D3" w:rsidP="00C1438B">
+    <w:p w14:paraId="1854F261" w14:textId="0DE31FF9" w:rsidR="00AC431F" w:rsidRDefault="00AC431F" w:rsidP="00C1438B">
       <w:pPr>
         <w:pStyle w:val="NormaleWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C88E485" w14:textId="3AB3A1DA" w:rsidR="00AC431F" w:rsidRDefault="00AC431F" w:rsidP="00C1438B">
-[...23 lines deleted...]
-    <w:sectPr w:rsidR="00AC431F" w:rsidSect="002131F6">
+    <w:sectPr w:rsidR="00AC431F" w:rsidSect="00804FBD">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="284" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1134" w:bottom="0" w:left="1134" w:header="284" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2D444DEB" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1F30F61B" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:p w14:paraId="305A5E46" w14:textId="77777777" w:rsidR="005254DD" w:rsidRPr="00D3089A" w:rsidRDefault="005254DD" w:rsidP="005254DD">
     <w:pPr>
       <w:pStyle w:val="NormaleWeb"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D3089A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>I dati personali saranno trattati esclusivamente per finalità connesse allo svolgimento delle attività istituzionali, in particolare per tutti gli</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="15DF76D4" w14:textId="77777777" w:rsidR="005254DD" w:rsidRDefault="005254DD" w:rsidP="005254DD">
     <w:pPr>
       <w:pStyle w:val="NormaleWeb"/>
@@ -1543,141 +1555,131 @@
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="007B04D3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>https://www.unibs.it/it/protezione-dati-personali</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="54574868" w14:textId="77777777" w:rsidR="005254DD" w:rsidRDefault="005254DD">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2554A805" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="43D0F8D7" w14:textId="77777777" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="64DE9537" w14:textId="6FEF5E92" w:rsidR="00945BC4" w:rsidRDefault="00945BC4" w:rsidP="00945BC4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w14:paraId="64DE9537" w14:textId="555F99C8" w:rsidR="00945BC4" w:rsidRDefault="00804FBD" w:rsidP="00945BC4">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00227EEA">
+    <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="it-IT"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D0BF795" wp14:editId="5F25E25F">
-[...5 lines deleted...]
-          </wp:cNvGraphicFramePr>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F9B7655" wp14:editId="1A176B34">
+          <wp:extent cx="2548255" cy="1318895"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="11" name="Immagine 11" descr="Immagine che contiene testo, logo, cerchio, Carattere&#10;&#10;Descrizione generata automaticamente"/>
+          <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Immagine 5"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="8" name="Immagine 8" descr="Immagine che contiene testo, logo, cerchio, Carattere&#10;&#10;Descrizione generata automaticamente"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2276444" cy="950556"/>
+                    <a:ext cx="2548255" cy="1318895"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EE014B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB56ABE2"/>
     <w:lvl w:ilvl="0" w:tplc="B1A6D936">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1754,59 +1756,59 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="24577"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00945BC4"/>
     <w:rsid w:val="00007D44"/>
     <w:rsid w:val="00027B12"/>
     <w:rsid w:val="000450C3"/>
     <w:rsid w:val="0010658B"/>
     <w:rsid w:val="00156161"/>
     <w:rsid w:val="00177BA6"/>
@@ -1847,51 +1849,53 @@
     <w:rsid w:val="00577502"/>
     <w:rsid w:val="0058708C"/>
     <w:rsid w:val="005D1974"/>
     <w:rsid w:val="00627A8D"/>
     <w:rsid w:val="00631EC7"/>
     <w:rsid w:val="006336D7"/>
     <w:rsid w:val="00640F4A"/>
     <w:rsid w:val="0065023A"/>
     <w:rsid w:val="0066039C"/>
     <w:rsid w:val="006700D9"/>
     <w:rsid w:val="00671AE9"/>
     <w:rsid w:val="00691E6E"/>
     <w:rsid w:val="00692790"/>
     <w:rsid w:val="006E3807"/>
     <w:rsid w:val="00707C25"/>
     <w:rsid w:val="00712264"/>
     <w:rsid w:val="007142C3"/>
     <w:rsid w:val="007362A3"/>
     <w:rsid w:val="00747079"/>
     <w:rsid w:val="00751318"/>
     <w:rsid w:val="00751C0A"/>
     <w:rsid w:val="00776345"/>
     <w:rsid w:val="00781958"/>
     <w:rsid w:val="007977B2"/>
     <w:rsid w:val="007B04D3"/>
+    <w:rsid w:val="007F7EC5"/>
     <w:rsid w:val="008030FA"/>
+    <w:rsid w:val="00804FBD"/>
     <w:rsid w:val="0084342D"/>
     <w:rsid w:val="0086342F"/>
     <w:rsid w:val="008637DD"/>
     <w:rsid w:val="00884EE9"/>
     <w:rsid w:val="008C3A3A"/>
     <w:rsid w:val="008C567F"/>
     <w:rsid w:val="008D1305"/>
     <w:rsid w:val="00945BC4"/>
     <w:rsid w:val="00960009"/>
     <w:rsid w:val="00974DFC"/>
     <w:rsid w:val="009957B9"/>
     <w:rsid w:val="00995C74"/>
     <w:rsid w:val="009C50F1"/>
     <w:rsid w:val="009D043D"/>
     <w:rsid w:val="009E6DA3"/>
     <w:rsid w:val="00A03C0E"/>
     <w:rsid w:val="00A10584"/>
     <w:rsid w:val="00A21271"/>
     <w:rsid w:val="00A652C0"/>
     <w:rsid w:val="00A74A3A"/>
     <w:rsid w:val="00A77257"/>
     <w:rsid w:val="00AA41E0"/>
     <w:rsid w:val="00AB1DED"/>
     <w:rsid w:val="00AC431F"/>
     <w:rsid w:val="00AC5910"/>
@@ -1920,65 +1924,65 @@
     <w:rsid w:val="00F4262C"/>
     <w:rsid w:val="00F47590"/>
     <w:rsid w:val="00F563F5"/>
     <w:rsid w:val="00F71ACA"/>
     <w:rsid w:val="00F87244"/>
     <w:rsid w:val="00F87D66"/>
     <w:rsid w:val="00F97746"/>
     <w:rsid w:val="00FC034C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="24577"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="14BBFC22"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D792B449-11BA-496D-9D94-A4BA7D6DA3E8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2529,51 +2533,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="Testosegnaposto">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0045268B"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentoipertestuale">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FC034C"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:divs>
     <w:div w:id="1268930306">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1412115036">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2589,51 +2593,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ammcentr@cert.unibs.it" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4A9145E389BF408A87AB3F69A3945C1B"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{635B9C20-4B18-4D0A-998E-874FC71D48E4}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005C2EEF" w:rsidRDefault="007E1C37" w:rsidP="007E1C37">
           <w:pPr>
             <w:pStyle w:val="4A9145E389BF408A87AB3F69A3945C1B1"/>
           </w:pPr>
           <w:r w:rsidRPr="00C671AD">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2778,206 +2782,206 @@
           <w:r w:rsidRPr="006C3F91">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
             </w:rPr>
             <w:t>Scegliere un elemento.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BEB6E40CA66041018178246B567748C2"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A3DD490B-566B-4168-A79D-193D93081E43}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00A20FD9" w:rsidP="00A20FD9">
+        <w:p w:rsidR="00412D31" w:rsidRDefault="00A20FD9" w:rsidP="00A20FD9">
           <w:pPr>
             <w:pStyle w:val="BEB6E40CA66041018178246B567748C2"/>
           </w:pPr>
           <w:r w:rsidRPr="00B92CCE">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Scegliere un elemento.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="80E8225C57C343699782919A84F708CC"/>
         <w:category>
           <w:name w:val="Generale"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5E53F99D-E880-41AD-877C-C943E8448544}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00A20FD9" w:rsidP="00A20FD9">
+        <w:p w:rsidR="00412D31" w:rsidRDefault="00A20FD9" w:rsidP="00A20FD9">
           <w:pPr>
             <w:pStyle w:val="80E8225C57C343699782919A84F708CC"/>
           </w:pPr>
           <w:r w:rsidRPr="000C20F7">
             <w:rPr>
               <w:rStyle w:val="Testosegnaposto"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Fare clic o toccare qui per immettere il testo.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:view w:val="normal"/>
   <w:revisionView w:comments="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D36C61"/>
     <w:rsid w:val="003203B9"/>
+    <w:rsid w:val="00412D31"/>
     <w:rsid w:val="005C2EEF"/>
     <w:rsid w:val="00606B79"/>
     <w:rsid w:val="00690E58"/>
     <w:rsid w:val="007E1C37"/>
     <w:rsid w:val="00A20FD9"/>
     <w:rsid w:val="00AF19D0"/>
     <w:rsid w:val="00D36C61"/>
     <w:rsid w:val="00E64260"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3420,51 +3424,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E7F920BDB6747B48C74A28FCBBC1961">
     <w:name w:val="1E7F920BDB6747B48C74A28FCBBC1961"/>
     <w:rsid w:val="007E1C37"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4A9145E389BF408A87AB3F69A3945C1B1">
     <w:name w:val="4A9145E389BF408A87AB3F69A3945C1B1"/>
     <w:rsid w:val="007E1C37"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="80E8225C57C343699782919A84F708CC">
     <w:name w:val="80E8225C57C343699782919A84F708CC"/>
     <w:rsid w:val="00A20FD9"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -3726,69 +3730,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>187</Words>
-  <Characters>1069</Characters>
+  <Words>196</Words>
+  <Characters>1121</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1254</CharactersWithSpaces>
+  <CharactersWithSpaces>1315</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Barbara DE NARDI</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>